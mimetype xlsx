--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -6,59 +6,59 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cpj\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2E5BB8B-2982-42D0-B0E2-B517AF98349A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF733777-4841-405B-80B0-4121BD25B8E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Full1" sheetId="1" r:id="rId1"/>
+    <sheet name="Full" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Full1!$A$2:$H$171</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Full!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H171" i="1" l="1"/>
   <c r="H170" i="1"/>
   <c r="H169" i="1"/>
   <c r="H168" i="1"/>
   <c r="H167" i="1"/>
   <c r="H166" i="1"/>
   <c r="H165" i="1"/>
   <c r="H164" i="1"/>
   <c r="H163" i="1"/>
   <c r="H162" i="1"/>
   <c r="H161" i="1"/>
   <c r="H160" i="1"/>
   <c r="H159" i="1"/>
@@ -198,51 +198,51 @@
   <c r="H25" i="1"/>
   <c r="H24" i="1"/>
   <c r="H23" i="1"/>
   <c r="H22" i="1"/>
   <c r="H21" i="1"/>
   <c r="H20" i="1"/>
   <c r="H19" i="1"/>
   <c r="H18" i="1"/>
   <c r="H17" i="1"/>
   <c r="H16" i="1"/>
   <c r="H15" i="1"/>
   <c r="H14" i="1"/>
   <c r="H13" i="1"/>
   <c r="H12" i="1"/>
   <c r="H11" i="1"/>
   <c r="H10" i="1"/>
   <c r="H9" i="1"/>
   <c r="H8" i="1"/>
   <c r="H7" i="1"/>
   <c r="H6" i="1"/>
   <c r="H5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="141">
   <si>
     <t>RETRIBUCIONS RLT-2026</t>
   </si>
   <si>
     <t>preu punt</t>
   </si>
   <si>
     <t>Nom Lloc actual</t>
   </si>
   <si>
     <t>Núm. Fitxa</t>
   </si>
   <si>
     <t xml:space="preserve">Grup </t>
   </si>
   <si>
     <t xml:space="preserve">Nivell </t>
   </si>
   <si>
     <t>Sou base</t>
   </si>
   <si>
     <t>Destí anual</t>
   </si>
   <si>
@@ -646,56 +646,59 @@
   </si>
   <si>
     <t>CAP UNITAT / OFICINA OTE</t>
   </si>
   <si>
     <t>COORDINADOR/A DE PROJECTES I PROGRAMES ESPECIALS</t>
   </si>
   <si>
     <t>COORDINADOR/A POLÍTICA LINGÜÍSTICA</t>
   </si>
   <si>
     <t>TÈCNIC/A GESTIÓ PROJECTES I PROGRAMES</t>
   </si>
   <si>
     <t>PEDAGÒG/A EAIA</t>
   </si>
   <si>
     <t>130R</t>
   </si>
   <si>
     <t>CONSERGE ESCOLA</t>
   </si>
   <si>
     <t>16R</t>
   </si>
+  <si>
+    <t>Ajuntaement de Reus - Portal de Transparència</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Open Sans"/>
@@ -734,50 +737,57 @@
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDEDCE6"/>
         <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -920,216 +930,219 @@
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="4" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Hoja1" xfId="1" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal_Simulación" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
@@ -1358,4969 +1371,4924 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H201"/>
+  <dimension ref="A1:H197"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M13" sqref="M13"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="M17" sqref="M17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="13.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="42.42578125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="10.28515625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="38.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="9.5703125" style="50" customWidth="1"/>
+    <col min="3" max="3" width="5.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="6.140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" style="4" customWidth="1"/>
     <col min="7" max="7" width="12.140625" style="4" customWidth="1"/>
-    <col min="8" max="8" width="14.5703125" style="50" customWidth="1"/>
+    <col min="8" max="8" width="9.85546875" style="5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="A2" s="34" t="s">
+    <row r="1" spans="1:8" s="46" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="48"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="47" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="21" x14ac:dyDescent="0.25">
+      <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="52" t="s">
+      <c r="B2" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="53">
+      <c r="C2" s="7">
         <v>20.97</v>
       </c>
-      <c r="D2" s="35"/>
-[...6 lines deleted...]
-      <c r="H3" s="2"/>
+      <c r="D2" s="8"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="11"/>
+    </row>
+    <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="H3" s="12"/>
     </row>
     <row r="4" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A4" s="5" t="s">
+      <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="40" t="s">
+      <c r="B4" s="51" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="7" t="s">
+      <c r="D4" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="8" t="s">
+      <c r="E4" s="16" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="10" t="s">
+      <c r="G4" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="11" t="s">
+      <c r="H4" s="19" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="12" t="s">
+    <row r="5" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="41">
+      <c r="B5" s="52">
         <v>2</v>
       </c>
-      <c r="C5" s="13" t="s">
+      <c r="C5" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D5" s="13">
+      <c r="D5" s="21">
         <v>24</v>
       </c>
-      <c r="E5" s="14">
-[...2 lines deleted...]
-      <c r="F5" s="15">
+      <c r="E5" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F5" s="23">
         <v>10207.959999999999</v>
       </c>
-      <c r="G5" s="42">
+      <c r="G5" s="24">
         <v>12749.8</v>
       </c>
-      <c r="H5" s="15">
+      <c r="H5" s="25">
         <f t="shared" ref="H5:H36" si="0">SUM(E5:G5)</f>
-        <v>42172.789999999994</v>
-[...3 lines deleted...]
-      <c r="A6" s="12" t="s">
+        <v>41316.74</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="41">
+      <c r="B6" s="52">
         <v>3</v>
       </c>
-      <c r="C6" s="13" t="s">
+      <c r="C6" s="21" t="s">
         <v>13</v>
       </c>
-      <c r="D6" s="13">
+      <c r="D6" s="21">
         <v>23</v>
       </c>
-      <c r="E6" s="14">
+      <c r="E6" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F6" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G6" s="24">
+        <v>9079.98</v>
+      </c>
+      <c r="H6" s="25">
+        <f t="shared" si="0"/>
+        <v>34792.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="52">
+        <v>4</v>
+      </c>
+      <c r="C7" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="21">
+        <v>16</v>
+      </c>
+      <c r="E7" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F7" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G7" s="24">
+        <v>6647.48</v>
+      </c>
+      <c r="H7" s="25">
+        <f t="shared" si="0"/>
+        <v>23256.16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="53">
+        <v>8</v>
+      </c>
+      <c r="C8" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="21">
+        <v>24</v>
+      </c>
+      <c r="E8" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F8" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G8" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H8" s="25">
+        <f t="shared" si="0"/>
+        <v>41316.74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="53">
+        <v>8</v>
+      </c>
+      <c r="C9" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="21">
+        <v>24</v>
+      </c>
+      <c r="E9" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F9" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G9" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H9" s="25">
+        <f t="shared" si="0"/>
+        <v>41316.74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="52">
+        <v>10</v>
+      </c>
+      <c r="C10" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="21">
+        <v>18</v>
+      </c>
+      <c r="E10" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F10" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G10" s="24">
+        <v>8744.5400000000009</v>
+      </c>
+      <c r="H10" s="25">
+        <f t="shared" si="0"/>
+        <v>28022.98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="52">
+        <v>10</v>
+      </c>
+      <c r="C11" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="21">
+        <v>18</v>
+      </c>
+      <c r="E11" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F11" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G11" s="24">
+        <v>8744.5400000000009</v>
+      </c>
+      <c r="H11" s="25">
+        <f t="shared" si="0"/>
+        <v>26139.040000000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="52">
+        <v>12</v>
+      </c>
+      <c r="C12" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="21">
+        <v>23</v>
+      </c>
+      <c r="E12" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F12" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G12" s="24">
+        <v>9436.56</v>
+      </c>
+      <c r="H12" s="25">
+        <f t="shared" si="0"/>
+        <v>33400.400000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="52">
+        <v>12</v>
+      </c>
+      <c r="C13" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="21">
+        <v>22</v>
+      </c>
+      <c r="E13" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F13" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G13" s="24">
+        <v>9436.56</v>
+      </c>
+      <c r="H13" s="25">
+        <f t="shared" si="0"/>
+        <v>30729.18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="21">
+        <v>13</v>
+      </c>
+      <c r="C14" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="21">
+        <v>24</v>
+      </c>
+      <c r="E14" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F14" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G14" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H14" s="25">
+        <f t="shared" si="0"/>
+        <v>42365.2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="54">
+        <v>14</v>
+      </c>
+      <c r="C15" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="21">
+        <v>17</v>
+      </c>
+      <c r="E15" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F15" s="23">
+        <v>6520.5</v>
+      </c>
+      <c r="G15" s="24">
+        <v>7695.94</v>
+      </c>
+      <c r="H15" s="25">
+        <f t="shared" si="0"/>
+        <v>26580.84</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="54">
+        <v>14</v>
+      </c>
+      <c r="C16" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="21">
+        <v>17</v>
+      </c>
+      <c r="E16" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F16" s="23">
+        <v>6520.5</v>
+      </c>
+      <c r="G16" s="24">
+        <v>7695.94</v>
+      </c>
+      <c r="H16" s="25">
+        <f t="shared" si="0"/>
+        <v>24696.899999999998</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="21">
+        <v>15</v>
+      </c>
+      <c r="C17" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" s="21">
+        <v>14</v>
+      </c>
+      <c r="E17" s="22">
+        <v>9604.98</v>
+      </c>
+      <c r="F17" s="23">
+        <v>5341.98</v>
+      </c>
+      <c r="G17" s="24">
+        <v>6458.76</v>
+      </c>
+      <c r="H17" s="25">
+        <f t="shared" si="0"/>
+        <v>21405.72</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="21">
+        <v>16</v>
+      </c>
+      <c r="C18" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" s="21">
+        <v>14</v>
+      </c>
+      <c r="E18" s="22">
+        <v>9604.98</v>
+      </c>
+      <c r="F18" s="23">
+        <v>5341.98</v>
+      </c>
+      <c r="G18" s="24">
+        <v>8555.82</v>
+      </c>
+      <c r="H18" s="25">
+        <f t="shared" si="0"/>
+        <v>23502.78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" s="52">
+        <v>26</v>
+      </c>
+      <c r="C19" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="21">
+        <v>20</v>
+      </c>
+      <c r="E19" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F19" s="23">
+        <v>7700.14</v>
+      </c>
+      <c r="G19" s="24">
+        <v>8555.82</v>
+      </c>
+      <c r="H19" s="25">
+        <f t="shared" si="0"/>
+        <v>28620.36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="21">
+        <v>27</v>
+      </c>
+      <c r="C20" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" s="21">
+        <v>24</v>
+      </c>
+      <c r="E20" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F20" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G20" s="24">
+        <v>16419.48</v>
+      </c>
+      <c r="H20" s="25">
+        <f t="shared" si="0"/>
+        <v>44986.42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="21">
+        <v>29</v>
+      </c>
+      <c r="C21" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="21">
+        <v>25</v>
+      </c>
+      <c r="E21" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F21" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G21" s="24">
+        <v>15371.02</v>
+      </c>
+      <c r="H21" s="25">
+        <f t="shared" si="0"/>
+        <v>44578.04</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" s="21">
+        <v>29</v>
+      </c>
+      <c r="C22" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="21">
+        <v>25</v>
+      </c>
+      <c r="E22" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F22" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G22" s="24">
+        <v>15371.02</v>
+      </c>
+      <c r="H22" s="25">
+        <f t="shared" si="0"/>
+        <v>42362.960000000006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" s="52">
+        <v>31</v>
+      </c>
+      <c r="C23" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" s="21">
+        <v>23</v>
+      </c>
+      <c r="E23" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F23" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G23" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H23" s="25">
+        <f t="shared" si="0"/>
+        <v>36365.360000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" s="52">
+        <v>32</v>
+      </c>
+      <c r="C24" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" s="21">
+        <v>24</v>
+      </c>
+      <c r="E24" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F24" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G24" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H24" s="25">
+        <f t="shared" si="0"/>
+        <v>39219.68</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="21">
+        <v>33</v>
+      </c>
+      <c r="C25" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" s="21">
+        <v>24</v>
+      </c>
+      <c r="E25" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F25" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G25" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H25" s="25">
+        <f t="shared" si="0"/>
+        <v>41316.74</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" s="52">
+        <v>34</v>
+      </c>
+      <c r="C26" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="21">
+        <v>16</v>
+      </c>
+      <c r="E26" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F26" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G26" s="24">
+        <v>7171.78</v>
+      </c>
+      <c r="H26" s="25">
+        <f t="shared" si="0"/>
+        <v>23780.46</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="26" t="s">
+        <v>34</v>
+      </c>
+      <c r="B27" s="53">
+        <v>35</v>
+      </c>
+      <c r="C27" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" s="21">
+        <v>16</v>
+      </c>
+      <c r="E27" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F27" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G27" s="24">
+        <v>8744.5400000000009</v>
+      </c>
+      <c r="H27" s="25">
+        <f t="shared" si="0"/>
+        <v>25353.22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" s="21">
+        <v>36</v>
+      </c>
+      <c r="C28" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="21">
+        <v>18</v>
+      </c>
+      <c r="E28" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F28" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G28" s="24">
+        <v>10841.46</v>
+      </c>
+      <c r="H28" s="25">
+        <f t="shared" si="0"/>
+        <v>28235.96</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" s="52">
+        <v>37</v>
+      </c>
+      <c r="C29" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="21">
+        <v>18</v>
+      </c>
+      <c r="E29" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F29" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G29" s="24">
+        <v>10317.299999999999</v>
+      </c>
+      <c r="H29" s="25">
+        <f t="shared" si="0"/>
+        <v>27711.8</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B30" s="52">
+        <v>38</v>
+      </c>
+      <c r="C30" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" s="21">
+        <v>13</v>
+      </c>
+      <c r="E30" s="22">
+        <v>9604.98</v>
+      </c>
+      <c r="F30" s="23">
+        <v>4948.16</v>
+      </c>
+      <c r="G30" s="24">
+        <v>9079.98</v>
+      </c>
+      <c r="H30" s="25">
+        <f t="shared" si="0"/>
+        <v>23633.119999999999</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="B31" s="52">
+        <v>39</v>
+      </c>
+      <c r="C31" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" s="21">
+        <v>16</v>
+      </c>
+      <c r="E31" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F31" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G31" s="24">
+        <v>6647.48</v>
+      </c>
+      <c r="H31" s="25">
+        <f t="shared" si="0"/>
+        <v>23256.16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" s="52">
+        <v>40</v>
+      </c>
+      <c r="C32" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="21">
+        <v>28</v>
+      </c>
+      <c r="E32" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F32" s="23">
+        <v>14577.08</v>
+      </c>
+      <c r="G32" s="24">
+        <v>17468.080000000002</v>
+      </c>
+      <c r="H32" s="25">
+        <f t="shared" si="0"/>
+        <v>50404.14</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="26" t="s">
+        <v>40</v>
+      </c>
+      <c r="B33" s="53">
+        <v>41</v>
+      </c>
+      <c r="C33" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" s="21">
+        <v>23</v>
+      </c>
+      <c r="E33" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F33" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G33" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H33" s="25">
+        <f t="shared" si="0"/>
+        <v>35841.199999999997</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="52">
+        <v>42</v>
+      </c>
+      <c r="C34" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" s="21">
+        <v>23</v>
+      </c>
+      <c r="E34" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F34" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G34" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H34" s="25">
+        <f t="shared" si="0"/>
+        <v>40559.339999999997</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35" s="52">
+        <v>43</v>
+      </c>
+      <c r="C35" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D35" s="21">
+        <v>22</v>
+      </c>
+      <c r="E35" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F35" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G35" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H35" s="25">
+        <f t="shared" si="0"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="52">
+        <v>43</v>
+      </c>
+      <c r="C36" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D36" s="21">
+        <v>22</v>
+      </c>
+      <c r="E36" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F36" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G36" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H36" s="25">
+        <f t="shared" si="0"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" s="21">
+        <v>46</v>
+      </c>
+      <c r="C37" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="21">
+        <v>23</v>
+      </c>
+      <c r="E37" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F37" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G37" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H37" s="25">
+        <f t="shared" ref="H37:H68" si="1">SUM(E37:G37)</f>
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="28" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="54">
+        <v>47</v>
+      </c>
+      <c r="C38" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" s="21">
+        <v>22</v>
+      </c>
+      <c r="E38" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F38" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G38" s="24">
+        <v>9436.56</v>
+      </c>
+      <c r="H38" s="25">
+        <f t="shared" si="1"/>
+        <v>32759.9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="28" t="s">
+        <v>44</v>
+      </c>
+      <c r="B39" s="54">
+        <v>47</v>
+      </c>
+      <c r="C39" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D39" s="21">
+        <v>22</v>
+      </c>
+      <c r="E39" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F39" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G39" s="24">
+        <v>9436.56</v>
+      </c>
+      <c r="H39" s="25">
+        <f t="shared" si="1"/>
+        <v>30729.18</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="28" t="s">
+        <v>45</v>
+      </c>
+      <c r="B40" s="54">
+        <v>48</v>
+      </c>
+      <c r="C40" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" s="21">
+        <v>22</v>
+      </c>
+      <c r="E40" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F40" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G40" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H40" s="25">
+        <f t="shared" si="1"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="28" t="s">
+        <v>45</v>
+      </c>
+      <c r="B41" s="54">
+        <v>48</v>
+      </c>
+      <c r="C41" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" s="21">
+        <v>22</v>
+      </c>
+      <c r="E41" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F41" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G41" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H41" s="25">
+        <f t="shared" si="1"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42" s="52">
+        <v>50</v>
+      </c>
+      <c r="C42" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" s="21">
+        <v>25</v>
+      </c>
+      <c r="E42" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F42" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G42" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H42" s="25">
+        <f t="shared" si="1"/>
+        <v>44053.74</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B43" s="52">
+        <v>50</v>
+      </c>
+      <c r="C43" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" s="21">
+        <v>25</v>
+      </c>
+      <c r="E43" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F43" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G43" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H43" s="25">
+        <f t="shared" si="1"/>
+        <v>41838.660000000003</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="B44" s="52">
+        <v>51</v>
+      </c>
+      <c r="C44" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D44" s="21">
+        <v>22</v>
+      </c>
+      <c r="E44" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F44" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G44" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H44" s="25">
+        <f t="shared" si="1"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="B45" s="52">
+        <v>51</v>
+      </c>
+      <c r="C45" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D45" s="21">
+        <v>22</v>
+      </c>
+      <c r="E45" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F45" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G45" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H45" s="25">
+        <f t="shared" si="1"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="B46" s="52">
+        <v>52</v>
+      </c>
+      <c r="C46" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D46" s="21">
+        <v>22</v>
+      </c>
+      <c r="E46" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F46" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G46" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H46" s="25">
+        <f t="shared" si="1"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" s="52">
+        <v>52</v>
+      </c>
+      <c r="C47" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D47" s="21">
+        <v>22</v>
+      </c>
+      <c r="E47" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F47" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G47" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H47" s="25">
+        <f t="shared" si="1"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A48" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" s="52">
+        <v>53</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" s="21">
+        <v>16</v>
+      </c>
+      <c r="E48" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F48" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G48" s="24">
+        <v>7171.78</v>
+      </c>
+      <c r="H48" s="25">
+        <f t="shared" si="1"/>
+        <v>25664.399999999998</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A49" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="B49" s="52">
+        <v>53</v>
+      </c>
+      <c r="C49" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" s="21">
+        <v>16</v>
+      </c>
+      <c r="E49" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F49" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G49" s="24">
+        <v>7171.78</v>
+      </c>
+      <c r="H49" s="25">
+        <f t="shared" si="1"/>
+        <v>23780.46</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="B50" s="53">
+        <v>60</v>
+      </c>
+      <c r="C50" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" s="21">
+        <v>27</v>
+      </c>
+      <c r="E50" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F50" s="23">
+        <v>13936.58</v>
+      </c>
+      <c r="G50" s="24">
+        <v>17468.080000000002</v>
+      </c>
+      <c r="H50" s="25">
+        <f t="shared" si="1"/>
+        <v>49763.64</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A51" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="B51" s="52">
+        <v>61</v>
+      </c>
+      <c r="C51" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D51" s="21">
+        <v>21</v>
+      </c>
+      <c r="E51" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F51" s="23">
+        <v>8289.5400000000009</v>
+      </c>
+      <c r="G51" s="24">
+        <v>9604.2800000000007</v>
+      </c>
+      <c r="H51" s="25">
+        <f t="shared" si="1"/>
+        <v>30258.22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="27" t="s">
+        <v>52</v>
+      </c>
+      <c r="B52" s="21">
+        <v>66</v>
+      </c>
+      <c r="C52" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="21">
+        <v>23</v>
+      </c>
+      <c r="E52" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F52" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G52" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H52" s="25">
+        <f t="shared" si="1"/>
+        <v>38462.42</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A53" s="28" t="s">
+        <v>53</v>
+      </c>
+      <c r="B53" s="54">
+        <v>67</v>
+      </c>
+      <c r="C53" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D53" s="21">
+        <v>20</v>
+      </c>
+      <c r="E53" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F53" s="23">
+        <v>7700.14</v>
+      </c>
+      <c r="G53" s="24">
+        <v>8555.82</v>
+      </c>
+      <c r="H53" s="25">
+        <f t="shared" si="1"/>
+        <v>28620.36</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="28" t="s">
+        <v>53</v>
+      </c>
+      <c r="B54" s="54">
+        <v>67</v>
+      </c>
+      <c r="C54" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" s="21">
+        <v>18</v>
+      </c>
+      <c r="E54" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F54" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G54" s="24">
+        <v>8555.82</v>
+      </c>
+      <c r="H54" s="25">
+        <f t="shared" si="1"/>
+        <v>25950.32</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A55" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B55" s="53">
+        <v>68</v>
+      </c>
+      <c r="C55" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D55" s="21">
+        <v>23</v>
+      </c>
+      <c r="E55" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F55" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G55" s="24">
+        <v>11533.48</v>
+      </c>
+      <c r="H55" s="25">
+        <f t="shared" si="1"/>
+        <v>35497.32</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A56" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B56" s="53">
+        <v>68</v>
+      </c>
+      <c r="C56" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D56" s="21">
+        <v>22</v>
+      </c>
+      <c r="E56" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F56" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G56" s="24">
+        <v>11533.48</v>
+      </c>
+      <c r="H56" s="25">
+        <f t="shared" si="1"/>
+        <v>32826.1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A57" s="27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B57" s="21">
+        <v>73</v>
+      </c>
+      <c r="C57" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="21">
+        <v>23</v>
+      </c>
+      <c r="E57" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F57" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G57" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H57" s="25">
+        <f t="shared" si="1"/>
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="B58" s="52">
+        <v>74</v>
+      </c>
+      <c r="C58" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" s="21">
+        <v>17</v>
+      </c>
+      <c r="E58" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F58" s="23">
+        <v>6520.5</v>
+      </c>
+      <c r="G58" s="24">
+        <v>8220.24</v>
+      </c>
+      <c r="H58" s="25">
+        <f t="shared" si="1"/>
+        <v>25221.199999999997</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B59" s="54">
+        <v>80</v>
+      </c>
+      <c r="C59" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" s="21">
+        <v>24</v>
+      </c>
+      <c r="E59" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F59" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G59" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H59" s="25">
+        <f t="shared" si="1"/>
+        <v>39101.660000000003</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A60" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B60" s="54">
+        <v>80</v>
+      </c>
+      <c r="C60" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D60" s="21">
+        <v>22</v>
+      </c>
+      <c r="E60" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F60" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G60" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H60" s="25">
+        <f t="shared" si="1"/>
+        <v>34042.42</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B61" s="52">
+        <v>82</v>
+      </c>
+      <c r="C61" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="21">
+        <v>24</v>
+      </c>
+      <c r="E61" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F61" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G61" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H61" s="25">
+        <f t="shared" si="1"/>
+        <v>41198.58</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A62" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B62" s="52">
+        <v>82</v>
+      </c>
+      <c r="C62" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D62" s="21">
+        <v>22</v>
+      </c>
+      <c r="E62" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F62" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G62" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H62" s="25">
+        <f t="shared" si="1"/>
+        <v>36139.339999999997</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="B63" s="52">
+        <v>83</v>
+      </c>
+      <c r="C63" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" s="21">
+        <v>17</v>
+      </c>
+      <c r="E63" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F63" s="23">
+        <v>6520.5</v>
+      </c>
+      <c r="G63" s="24">
+        <v>8220.24</v>
+      </c>
+      <c r="H63" s="25">
+        <f t="shared" si="1"/>
+        <v>25221.199999999997</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="B64" s="52">
+        <v>91</v>
+      </c>
+      <c r="C64" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" s="21">
+        <v>23</v>
+      </c>
+      <c r="E64" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F64" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G64" s="24">
+        <v>12225.5</v>
+      </c>
+      <c r="H64" s="25">
+        <f t="shared" si="1"/>
+        <v>37938.119999999995</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A65" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B65" s="52">
+        <v>92</v>
+      </c>
+      <c r="C65" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D65" s="21">
+        <v>22</v>
+      </c>
+      <c r="E65" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F65" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G65" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H65" s="25">
+        <f t="shared" si="1"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A66" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B66" s="52">
+        <v>92</v>
+      </c>
+      <c r="C66" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D66" s="21">
+        <v>22</v>
+      </c>
+      <c r="E66" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F66" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G66" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H66" s="25">
+        <f t="shared" si="1"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B67" s="52">
+        <v>92</v>
+      </c>
+      <c r="C67" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D67" s="21">
+        <v>22</v>
+      </c>
+      <c r="E67" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F67" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G67" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H67" s="25">
+        <f t="shared" si="1"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B68" s="52">
+        <v>92</v>
+      </c>
+      <c r="C68" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D68" s="21">
+        <v>22</v>
+      </c>
+      <c r="E68" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F68" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G68" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H68" s="25">
+        <f t="shared" si="1"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A69" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="B69" s="21">
+        <v>95</v>
+      </c>
+      <c r="C69" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" s="21">
+        <v>23</v>
+      </c>
+      <c r="E69" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F69" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G69" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H69" s="25">
+        <f t="shared" ref="H69:H100" si="2">SUM(E69:G69)</f>
+        <v>35841.199999999997</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A70" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="B70" s="21">
+        <v>101</v>
+      </c>
+      <c r="C70" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" s="21">
+        <v>24</v>
+      </c>
+      <c r="E70" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F70" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G70" s="24">
+        <v>14322.56</v>
+      </c>
+      <c r="H70" s="25">
+        <f t="shared" si="2"/>
+        <v>42889.5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A71" s="27" t="s">
+        <v>65</v>
+      </c>
+      <c r="B71" s="21">
+        <v>106</v>
+      </c>
+      <c r="C71" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="21">
+        <v>23</v>
+      </c>
+      <c r="E71" s="22">
         <v>17018.73</v>
       </c>
-      <c r="F6" s="15">
+      <c r="F71" s="23">
         <v>9568.7199999999993</v>
       </c>
-      <c r="G6" s="42">
-[...1565 lines deleted...]
-      <c r="G64" s="42">
+      <c r="G71" s="24">
         <v>12225.5</v>
       </c>
-      <c r="H64" s="15">
-[...188 lines deleted...]
-      <c r="H71" s="15">
+      <c r="H71" s="25">
         <f t="shared" si="2"/>
         <v>38812.949999999997</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A72" s="17" t="s">
+      <c r="A72" s="26" t="s">
         <v>66</v>
       </c>
-      <c r="B72" s="43">
+      <c r="B72" s="53">
         <v>107</v>
       </c>
-      <c r="C72" s="13" t="s">
+      <c r="C72" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="D72" s="13">
+      <c r="D72" s="21">
         <v>17</v>
       </c>
-      <c r="E72" s="14">
+      <c r="E72" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F72" s="23">
+        <v>6520.5</v>
+      </c>
+      <c r="G72" s="24">
+        <v>7695.94</v>
+      </c>
+      <c r="H72" s="25">
+        <f t="shared" si="2"/>
+        <v>24696.899999999998</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A73" s="27" t="s">
+        <v>67</v>
+      </c>
+      <c r="B73" s="21">
+        <v>111</v>
+      </c>
+      <c r="C73" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" s="21">
+        <v>24</v>
+      </c>
+      <c r="E73" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F73" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G73" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H73" s="25">
+        <f t="shared" si="2"/>
+        <v>39219.68</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A74" s="27" t="s">
+        <v>67</v>
+      </c>
+      <c r="B74" s="21">
+        <v>111</v>
+      </c>
+      <c r="C74" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="21">
+        <v>23</v>
+      </c>
+      <c r="E74" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F74" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G74" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H74" s="25">
+        <f t="shared" si="2"/>
+        <v>36365.360000000001</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A75" s="26" t="s">
+        <v>68</v>
+      </c>
+      <c r="B75" s="53">
+        <v>113</v>
+      </c>
+      <c r="C75" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" s="21">
+        <v>24</v>
+      </c>
+      <c r="E75" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F75" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G75" s="24">
+        <v>14322.56</v>
+      </c>
+      <c r="H75" s="25">
+        <f t="shared" si="2"/>
+        <v>40674.42</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A76" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="B76" s="21">
+        <v>115</v>
+      </c>
+      <c r="C76" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" s="21">
+        <v>24</v>
+      </c>
+      <c r="E76" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F76" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G76" s="24">
+        <v>11177.04</v>
+      </c>
+      <c r="H76" s="25">
+        <f t="shared" si="2"/>
+        <v>39743.979999999996</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A77" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="B77" s="21">
+        <v>115</v>
+      </c>
+      <c r="C77" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" s="21">
+        <v>23</v>
+      </c>
+      <c r="E77" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F77" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G77" s="24">
+        <v>11177.04</v>
+      </c>
+      <c r="H77" s="25">
+        <f t="shared" si="2"/>
+        <v>36889.660000000003</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A78" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B78" s="52">
+        <v>117</v>
+      </c>
+      <c r="C78" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D78" s="21">
+        <v>22</v>
+      </c>
+      <c r="E78" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F78" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G78" s="24">
+        <v>7863.8</v>
+      </c>
+      <c r="H78" s="25">
+        <f t="shared" si="2"/>
+        <v>29156.42</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A79" s="27" t="s">
+        <v>71</v>
+      </c>
+      <c r="B79" s="21">
+        <v>118</v>
+      </c>
+      <c r="C79" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" s="21">
+        <v>23</v>
+      </c>
+      <c r="E79" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F79" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G79" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H79" s="25">
+        <f t="shared" si="2"/>
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A80" s="27" t="s">
+        <v>72</v>
+      </c>
+      <c r="B80" s="21">
+        <v>119</v>
+      </c>
+      <c r="C80" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" s="21">
+        <v>23</v>
+      </c>
+      <c r="E80" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F80" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G80" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H80" s="25">
+        <f t="shared" si="2"/>
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A81" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B81" s="21">
+        <v>122</v>
+      </c>
+      <c r="C81" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" s="21">
+        <v>23</v>
+      </c>
+      <c r="E81" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F81" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G81" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H81" s="25">
+        <f t="shared" si="2"/>
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A82" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B82" s="21">
+        <v>123</v>
+      </c>
+      <c r="C82" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" s="21">
+        <v>23</v>
+      </c>
+      <c r="E82" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F82" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G82" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H82" s="25">
+        <f t="shared" si="2"/>
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A83" s="29" t="s">
+        <v>75</v>
+      </c>
+      <c r="B83" s="30">
+        <v>124</v>
+      </c>
+      <c r="C83" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" s="30">
+        <v>23</v>
+      </c>
+      <c r="E83" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F83" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G83" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H83" s="25">
+        <f t="shared" si="2"/>
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A84" s="27" t="s">
+        <v>76</v>
+      </c>
+      <c r="B84" s="21">
+        <v>127</v>
+      </c>
+      <c r="C84" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" s="21">
+        <v>24</v>
+      </c>
+      <c r="E84" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F84" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G84" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H84" s="25">
+        <f t="shared" si="2"/>
+        <v>41316.74</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A85" s="27" t="s">
+        <v>77</v>
+      </c>
+      <c r="B85" s="21">
+        <v>128</v>
+      </c>
+      <c r="C85" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" s="21">
+        <v>24</v>
+      </c>
+      <c r="E85" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F85" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G85" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H85" s="25">
+        <f t="shared" si="2"/>
+        <v>40268.14</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A86" s="27" t="s">
+        <v>78</v>
+      </c>
+      <c r="B86" s="21">
+        <v>129</v>
+      </c>
+      <c r="C86" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" s="21">
+        <v>24</v>
+      </c>
+      <c r="E86" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F86" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G86" s="24">
+        <v>11701.2</v>
+      </c>
+      <c r="H86" s="25">
+        <f t="shared" si="2"/>
+        <v>40268.14</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A87" s="27" t="s">
+        <v>79</v>
+      </c>
+      <c r="B87" s="21">
+        <v>130</v>
+      </c>
+      <c r="C87" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" s="21">
+        <v>28</v>
+      </c>
+      <c r="E87" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F87" s="23">
+        <v>14577.08</v>
+      </c>
+      <c r="G87" s="24">
+        <v>16419.48</v>
+      </c>
+      <c r="H87" s="25">
+        <f t="shared" si="2"/>
+        <v>49355.539999999994</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A88" s="26" t="s">
+        <v>80</v>
+      </c>
+      <c r="B88" s="53">
+        <v>131</v>
+      </c>
+      <c r="C88" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D88" s="21">
+        <v>22</v>
+      </c>
+      <c r="E88" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F88" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G88" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H88" s="25">
+        <f t="shared" si="2"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A89" s="26" t="s">
+        <v>80</v>
+      </c>
+      <c r="B89" s="53">
+        <v>131</v>
+      </c>
+      <c r="C89" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D89" s="21">
+        <v>22</v>
+      </c>
+      <c r="E89" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F89" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G89" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H89" s="25">
+        <f t="shared" si="2"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A90" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B90" s="21">
+        <v>132</v>
+      </c>
+      <c r="C90" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D90" s="21">
+        <v>16</v>
+      </c>
+      <c r="E90" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F90" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G90" s="24">
+        <v>10317.299999999999</v>
+      </c>
+      <c r="H90" s="25">
+        <f t="shared" si="2"/>
+        <v>26925.98</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A91" s="26" t="s">
+        <v>82</v>
+      </c>
+      <c r="B91" s="53">
+        <v>141</v>
+      </c>
+      <c r="C91" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D91" s="21">
+        <v>25</v>
+      </c>
+      <c r="E91" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F91" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G91" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H91" s="25">
+        <f t="shared" si="2"/>
+        <v>41956.82</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A92" s="26" t="s">
+        <v>82</v>
+      </c>
+      <c r="B92" s="53">
+        <v>141</v>
+      </c>
+      <c r="C92" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" s="21">
+        <v>25</v>
+      </c>
+      <c r="E92" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F92" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G92" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H92" s="25">
+        <f t="shared" si="2"/>
+        <v>39741.740000000005</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A93" s="27" t="s">
+        <v>83</v>
+      </c>
+      <c r="B93" s="21">
+        <v>142</v>
+      </c>
+      <c r="C93" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" s="21">
+        <v>23</v>
+      </c>
+      <c r="E93" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F93" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G93" s="24">
+        <v>11177.04</v>
+      </c>
+      <c r="H93" s="25">
+        <f t="shared" si="2"/>
+        <v>36889.660000000003</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A94" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="B94" s="21">
+        <v>143</v>
+      </c>
+      <c r="C94" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" s="21">
+        <v>25</v>
+      </c>
+      <c r="E94" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F94" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G94" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H94" s="25">
+        <f t="shared" si="2"/>
+        <v>43005.279999999999</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A95" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="B95" s="21">
+        <v>143</v>
+      </c>
+      <c r="C95" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" s="21">
+        <v>25</v>
+      </c>
+      <c r="E95" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F95" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G95" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H95" s="25">
+        <f t="shared" si="2"/>
+        <v>40790.200000000004</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A96" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="B96" s="21">
+        <v>149</v>
+      </c>
+      <c r="C96" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D96" s="21">
+        <v>16</v>
+      </c>
+      <c r="E96" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F96" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G96" s="24">
+        <v>8744.5400000000009</v>
+      </c>
+      <c r="H96" s="25">
+        <f t="shared" si="2"/>
+        <v>25353.22</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A97" s="27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B97" s="21">
+        <v>151</v>
+      </c>
+      <c r="C97" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" s="21">
+        <v>24</v>
+      </c>
+      <c r="E97" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F97" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G97" s="24">
+        <v>11177.04</v>
+      </c>
+      <c r="H97" s="25">
+        <f t="shared" si="2"/>
+        <v>37528.9</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A98" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B98" s="21">
+        <v>152</v>
+      </c>
+      <c r="C98" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D98" s="21">
+        <v>14</v>
+      </c>
+      <c r="E98" s="22">
+        <v>9604.98</v>
+      </c>
+      <c r="F98" s="23">
+        <v>5341.98</v>
+      </c>
+      <c r="G98" s="24">
+        <v>9079.98</v>
+      </c>
+      <c r="H98" s="25">
+        <f t="shared" si="2"/>
+        <v>24026.94</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A99" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B99" s="52">
+        <v>154</v>
+      </c>
+      <c r="C99" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D99" s="21">
+        <v>22</v>
+      </c>
+      <c r="E99" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F99" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G99" s="24">
+        <v>7863.8</v>
+      </c>
+      <c r="H99" s="25">
+        <f t="shared" si="2"/>
+        <v>31187.14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A100" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="B100" s="21">
+        <v>154</v>
+      </c>
+      <c r="C100" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D100" s="21">
+        <v>22</v>
+      </c>
+      <c r="E100" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F100" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G100" s="24">
+        <v>7863.8</v>
+      </c>
+      <c r="H100" s="25">
+        <f t="shared" si="2"/>
+        <v>29156.42</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A101" s="27" t="s">
+        <v>89</v>
+      </c>
+      <c r="B101" s="21">
+        <v>156</v>
+      </c>
+      <c r="C101" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" s="21">
+        <v>23</v>
+      </c>
+      <c r="E101" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F101" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G101" s="24">
+        <v>11177.04</v>
+      </c>
+      <c r="H101" s="25">
+        <f t="shared" ref="H101:H132" si="3">SUM(E101:G101)</f>
+        <v>36889.660000000003</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A102" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B102" s="21">
+        <v>157</v>
+      </c>
+      <c r="C102" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102" s="21">
+        <v>24</v>
+      </c>
+      <c r="E102" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F102" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G102" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H102" s="25">
+        <f t="shared" si="3"/>
+        <v>39219.68</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A103" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B103" s="21">
+        <v>157</v>
+      </c>
+      <c r="C103" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" s="21">
+        <v>23</v>
+      </c>
+      <c r="E103" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F103" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G103" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H103" s="25">
+        <f t="shared" si="3"/>
+        <v>36365.360000000001</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A104" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="B104" s="53">
+        <v>168</v>
+      </c>
+      <c r="C104" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" s="21">
+        <v>24</v>
+      </c>
+      <c r="E104" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F104" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G104" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H104" s="25">
+        <f t="shared" si="3"/>
+        <v>41316.74</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A105" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="B105" s="21">
+        <v>169</v>
+      </c>
+      <c r="C105" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" s="21">
+        <v>25</v>
+      </c>
+      <c r="E105" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F105" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G105" s="24">
+        <v>17468.080000000002</v>
+      </c>
+      <c r="H105" s="25">
+        <f t="shared" si="3"/>
+        <v>46675.100000000006</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A106" s="27" t="s">
+        <v>93</v>
+      </c>
+      <c r="B106" s="21">
+        <v>170</v>
+      </c>
+      <c r="C106" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D106" s="21">
+        <v>24</v>
+      </c>
+      <c r="E106" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F106" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G106" s="24">
+        <v>13273.96</v>
+      </c>
+      <c r="H106" s="25">
+        <f t="shared" si="3"/>
+        <v>41840.899999999994</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A107" s="27" t="s">
+        <v>93</v>
+      </c>
+      <c r="B107" s="21">
+        <v>170</v>
+      </c>
+      <c r="C107" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" s="21">
+        <v>23</v>
+      </c>
+      <c r="E107" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F107" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G107" s="24">
+        <v>13273.96</v>
+      </c>
+      <c r="H107" s="25">
+        <f t="shared" si="3"/>
+        <v>38986.58</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A108" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B108" s="21">
+        <v>172</v>
+      </c>
+      <c r="C108" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" s="21">
+        <v>25</v>
+      </c>
+      <c r="E108" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F108" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G108" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H108" s="25">
+        <f t="shared" si="3"/>
+        <v>43005.279999999999</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A109" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B109" s="21">
+        <v>172</v>
+      </c>
+      <c r="C109" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" s="21">
+        <v>25</v>
+      </c>
+      <c r="E109" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F109" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G109" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H109" s="25">
+        <f t="shared" si="3"/>
+        <v>40790.200000000004</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A110" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B110" s="54">
+        <v>173</v>
+      </c>
+      <c r="C110" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D110" s="21">
+        <v>22</v>
+      </c>
+      <c r="E110" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F110" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G110" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H110" s="25">
+        <f t="shared" si="3"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A111" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B111" s="54">
+        <v>173</v>
+      </c>
+      <c r="C111" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D111" s="21">
+        <v>22</v>
+      </c>
+      <c r="E111" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F111" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G111" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H111" s="25">
+        <f t="shared" si="3"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A112" s="31" t="s">
+        <v>96</v>
+      </c>
+      <c r="B112" s="55">
+        <v>174</v>
+      </c>
+      <c r="C112" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" s="32">
+        <v>24</v>
+      </c>
+      <c r="E112" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F112" s="33">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G112" s="34">
+        <v>13798.26</v>
+      </c>
+      <c r="H112" s="25">
+        <f t="shared" si="3"/>
+        <v>40150.120000000003</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A113" s="31" t="s">
+        <v>96</v>
+      </c>
+      <c r="B113" s="55">
+        <v>174</v>
+      </c>
+      <c r="C113" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D113" s="21">
+        <v>22</v>
+      </c>
+      <c r="E113" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F113" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G113" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H113" s="25">
+        <f t="shared" si="3"/>
+        <v>35090.879999999997</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A114" s="26" t="s">
+        <v>97</v>
+      </c>
+      <c r="B114" s="53">
+        <v>175</v>
+      </c>
+      <c r="C114" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D114" s="21">
+        <v>22</v>
+      </c>
+      <c r="E114" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F114" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G114" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H114" s="25">
+        <f t="shared" si="3"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A115" s="26" t="s">
+        <v>97</v>
+      </c>
+      <c r="B115" s="53">
+        <v>175</v>
+      </c>
+      <c r="C115" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D115" s="21">
+        <v>22</v>
+      </c>
+      <c r="E115" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F115" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G115" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H115" s="25">
+        <f t="shared" si="3"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A116" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B116" s="54">
+        <v>176</v>
+      </c>
+      <c r="C116" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D116" s="21">
+        <v>22</v>
+      </c>
+      <c r="E116" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F116" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G116" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H116" s="25">
+        <f t="shared" si="3"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A117" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B117" s="54">
+        <v>176</v>
+      </c>
+      <c r="C117" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D117" s="21">
+        <v>22</v>
+      </c>
+      <c r="E117" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F117" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G117" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H117" s="25">
+        <f t="shared" si="3"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A118" s="26" t="s">
+        <v>99</v>
+      </c>
+      <c r="B118" s="53">
+        <v>177</v>
+      </c>
+      <c r="C118" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" s="21">
+        <v>25</v>
+      </c>
+      <c r="E118" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F118" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G118" s="24">
+        <v>15371.02</v>
+      </c>
+      <c r="H118" s="25">
+        <f t="shared" si="3"/>
+        <v>44578.04</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="42.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="26" t="s">
+        <v>100</v>
+      </c>
+      <c r="B119" s="53">
+        <v>178</v>
+      </c>
+      <c r="C119" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" s="21">
+        <v>26</v>
+      </c>
+      <c r="E119" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F119" s="23">
+        <v>12227.32</v>
+      </c>
+      <c r="G119" s="24">
+        <v>19565</v>
+      </c>
+      <c r="H119" s="25">
+        <f t="shared" si="3"/>
+        <v>50151.3</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="26" t="s">
+        <v>101</v>
+      </c>
+      <c r="B120" s="53">
+        <v>179</v>
+      </c>
+      <c r="C120" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D120" s="21">
+        <v>22</v>
+      </c>
+      <c r="E120" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F120" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G120" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H120" s="25">
+        <f t="shared" si="3"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="26" t="s">
+        <v>101</v>
+      </c>
+      <c r="B121" s="53">
+        <v>179</v>
+      </c>
+      <c r="C121" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D121" s="21">
+        <v>22</v>
+      </c>
+      <c r="E121" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F121" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G121" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H121" s="25">
+        <f t="shared" si="3"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" ht="28.5" x14ac:dyDescent="0.3">
+      <c r="A122" s="35" t="s">
+        <v>101</v>
+      </c>
+      <c r="B122" s="21">
+        <v>179</v>
+      </c>
+      <c r="C122" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D122" s="21">
+        <v>18</v>
+      </c>
+      <c r="E122" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F122" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G122" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H122" s="25">
+        <f t="shared" si="3"/>
+        <v>26306.760000000002</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A123" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B123" s="21">
+        <v>181</v>
+      </c>
+      <c r="C123" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D123" s="21">
+        <v>28</v>
+      </c>
+      <c r="E123" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F123" s="23">
+        <v>14577.08</v>
+      </c>
+      <c r="G123" s="24">
+        <v>26904.5</v>
+      </c>
+      <c r="H123" s="25">
+        <f t="shared" si="3"/>
+        <v>59840.56</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A124" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B124" s="53">
+        <v>183</v>
+      </c>
+      <c r="C124" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D124" s="21">
+        <v>25</v>
+      </c>
+      <c r="E124" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F124" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G124" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H124" s="25">
+        <f t="shared" si="3"/>
+        <v>44053.74</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A125" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B125" s="53">
+        <v>183</v>
+      </c>
+      <c r="C125" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" s="21">
+        <v>25</v>
+      </c>
+      <c r="E125" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F125" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G125" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H125" s="25">
+        <f t="shared" si="3"/>
+        <v>41838.660000000003</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A126" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B126" s="21">
+        <v>185</v>
+      </c>
+      <c r="C126" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126" s="21">
+        <v>24</v>
+      </c>
+      <c r="E126" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F126" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G126" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H126" s="25">
+        <f t="shared" si="3"/>
+        <v>42365.2</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A127" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="B127" s="21">
+        <v>185</v>
+      </c>
+      <c r="C127" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" s="21">
+        <v>23</v>
+      </c>
+      <c r="E127" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F127" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G127" s="24">
+        <v>13798.26</v>
+      </c>
+      <c r="H127" s="25">
+        <f t="shared" si="3"/>
+        <v>39510.879999999997</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A128" s="27" t="s">
+        <v>105</v>
+      </c>
+      <c r="B128" s="21">
+        <v>186</v>
+      </c>
+      <c r="C128" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" s="21">
+        <v>23</v>
+      </c>
+      <c r="E128" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F128" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G128" s="24">
+        <v>12749.8</v>
+      </c>
+      <c r="H128" s="25">
+        <f t="shared" si="3"/>
+        <v>38462.42</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A129" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B129" s="21">
+        <v>192</v>
+      </c>
+      <c r="C129" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D129" s="21">
+        <v>24</v>
+      </c>
+      <c r="E129" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F129" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G129" s="24">
+        <v>13273.96</v>
+      </c>
+      <c r="H129" s="25">
+        <f t="shared" si="3"/>
+        <v>41840.899999999994</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A130" s="27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B130" s="21">
+        <v>194</v>
+      </c>
+      <c r="C130" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D130" s="21">
+        <v>24</v>
+      </c>
+      <c r="E130" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F130" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G130" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H130" s="25">
+        <f t="shared" si="3"/>
+        <v>38695.519999999997</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A131" s="27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B131" s="21">
+        <v>194</v>
+      </c>
+      <c r="C131" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" s="21">
+        <v>23</v>
+      </c>
+      <c r="E131" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F131" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G131" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H131" s="25">
+        <f t="shared" si="3"/>
+        <v>35841.199999999997</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A132" s="27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B132" s="21">
+        <v>195</v>
+      </c>
+      <c r="C132" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" s="21">
+        <v>23</v>
+      </c>
+      <c r="E132" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F132" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G132" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H132" s="25">
+        <f t="shared" si="3"/>
+        <v>36365.360000000001</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A133" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="B133" s="21">
+        <v>196</v>
+      </c>
+      <c r="C133" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" s="21">
+        <v>23</v>
+      </c>
+      <c r="E133" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F133" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G133" s="24">
+        <v>10652.74</v>
+      </c>
+      <c r="H133" s="25">
+        <f t="shared" ref="H133:H164" si="4">SUM(E133:G133)</f>
+        <v>36365.360000000001</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A134" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B134" s="21">
+        <v>204</v>
+      </c>
+      <c r="C134" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D134" s="21">
+        <v>22</v>
+      </c>
+      <c r="E134" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F134" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G134" s="24">
+        <v>10485.02</v>
+      </c>
+      <c r="H134" s="25">
+        <f t="shared" si="4"/>
+        <v>33808.36</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A135" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B135" s="21">
+        <v>204</v>
+      </c>
+      <c r="C135" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D135" s="21">
+        <v>22</v>
+      </c>
+      <c r="E135" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F135" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G135" s="24">
+        <v>10485.02</v>
+      </c>
+      <c r="H135" s="25">
+        <f t="shared" si="4"/>
+        <v>31777.64</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A136" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B136" s="21">
+        <v>205</v>
+      </c>
+      <c r="C136" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D136" s="21">
+        <v>18</v>
+      </c>
+      <c r="E136" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F136" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G136" s="24">
+        <v>9793</v>
+      </c>
+      <c r="H136" s="25">
+        <f t="shared" si="4"/>
+        <v>27187.5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A137" s="36" t="s">
+        <v>112</v>
+      </c>
+      <c r="B137" s="37">
+        <v>206</v>
+      </c>
+      <c r="C137" s="37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D137" s="37">
+        <v>18</v>
+      </c>
+      <c r="E137" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F137" s="38">
+        <v>6914.04</v>
+      </c>
+      <c r="G137" s="39">
+        <v>9793</v>
+      </c>
+      <c r="H137" s="25">
+        <f t="shared" si="4"/>
+        <v>27187.5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A138" s="40" t="s">
+        <v>113</v>
+      </c>
+      <c r="B138" s="21">
+        <v>209</v>
+      </c>
+      <c r="C138" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D138" s="21">
+        <v>25</v>
+      </c>
+      <c r="E138" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F138" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G138" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H138" s="25">
+        <f t="shared" si="4"/>
+        <v>44053.74</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A139" s="40" t="s">
+        <v>113</v>
+      </c>
+      <c r="B139" s="21">
+        <v>209</v>
+      </c>
+      <c r="C139" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D139" s="21">
+        <v>25</v>
+      </c>
+      <c r="E139" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F139" s="23">
+        <v>10848.04</v>
+      </c>
+      <c r="G139" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H139" s="25">
+        <f t="shared" si="4"/>
+        <v>41838.660000000003</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A140" s="27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B140" s="21">
+        <v>211</v>
+      </c>
+      <c r="C140" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" s="21">
+        <v>23</v>
+      </c>
+      <c r="E140" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F140" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G140" s="24">
+        <v>14846.72</v>
+      </c>
+      <c r="H140" s="25">
+        <f t="shared" si="4"/>
+        <v>40559.339999999997</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A141" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B141" s="21">
+        <v>212</v>
+      </c>
+      <c r="C141" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D141" s="21">
+        <v>18</v>
+      </c>
+      <c r="E141" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F141" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G141" s="24">
+        <v>9793</v>
+      </c>
+      <c r="H141" s="25">
+        <f t="shared" si="4"/>
+        <v>27187.5</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A142" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B142" s="21">
+        <v>213</v>
+      </c>
+      <c r="C142" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D142" s="21">
+        <v>18</v>
+      </c>
+      <c r="E142" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F142" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G142" s="24">
+        <v>10317.299999999999</v>
+      </c>
+      <c r="H142" s="25">
+        <f t="shared" si="4"/>
+        <v>27711.8</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A143" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B143" s="21">
+        <v>214</v>
+      </c>
+      <c r="C143" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D143" s="21">
+        <v>20</v>
+      </c>
+      <c r="E143" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F143" s="23">
+        <v>7700.14</v>
+      </c>
+      <c r="G143" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H143" s="25">
+        <f t="shared" si="4"/>
+        <v>30193.120000000003</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A144" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B144" s="21">
+        <v>214</v>
+      </c>
+      <c r="C144" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D144" s="21">
+        <v>18</v>
+      </c>
+      <c r="E144" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F144" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G144" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H144" s="25">
+        <f t="shared" si="4"/>
+        <v>27523.08</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A145" s="27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B145" s="21">
+        <v>215</v>
+      </c>
+      <c r="C145" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D145" s="21">
+        <v>22</v>
+      </c>
+      <c r="E145" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F145" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G145" s="24">
+        <v>11533.48</v>
+      </c>
+      <c r="H145" s="25">
+        <f t="shared" si="4"/>
+        <v>34856.82</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A146" s="27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B146" s="21">
+        <v>215</v>
+      </c>
+      <c r="C146" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D146" s="21">
+        <v>18</v>
+      </c>
+      <c r="E146" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F146" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G146" s="24">
+        <v>11533.48</v>
+      </c>
+      <c r="H146" s="25">
+        <f t="shared" si="4"/>
+        <v>28927.98</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A147" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B147" s="21">
+        <v>216</v>
+      </c>
+      <c r="C147" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D147" s="21">
+        <v>18</v>
+      </c>
+      <c r="E147" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F147" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G147" s="24">
+        <v>9793</v>
+      </c>
+      <c r="H147" s="25">
+        <f t="shared" si="4"/>
+        <v>27187.5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A148" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B148" s="21">
+        <v>219</v>
+      </c>
+      <c r="C148" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D148" s="21">
+        <v>18</v>
+      </c>
+      <c r="E148" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F148" s="23">
+        <v>6914.04</v>
+      </c>
+      <c r="G148" s="24">
+        <v>9793</v>
+      </c>
+      <c r="H148" s="25">
+        <f t="shared" si="4"/>
+        <v>27187.5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A149" s="27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B149" s="21">
+        <v>221</v>
+      </c>
+      <c r="C149" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D149" s="21">
+        <v>24</v>
+      </c>
+      <c r="E149" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F149" s="23">
+        <v>10207.959999999999</v>
+      </c>
+      <c r="G149" s="24">
+        <v>15371.02</v>
+      </c>
+      <c r="H149" s="25">
+        <f t="shared" si="4"/>
+        <v>43937.96</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A150" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="B150" s="21">
+        <v>222</v>
+      </c>
+      <c r="C150" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D150" s="21">
+        <v>23</v>
+      </c>
+      <c r="E150" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F150" s="23">
+        <v>9568.7199999999993</v>
+      </c>
+      <c r="G150" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H150" s="25">
+        <f t="shared" si="4"/>
+        <v>35841.199999999997</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A151" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="B151" s="21">
+        <v>222</v>
+      </c>
+      <c r="C151" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D151" s="21">
+        <v>22</v>
+      </c>
+      <c r="E151" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F151" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G151" s="24">
+        <v>10128.58</v>
+      </c>
+      <c r="H151" s="25">
+        <f t="shared" si="4"/>
+        <v>31421.199999999997</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A152" s="27" t="s">
+        <v>123</v>
+      </c>
+      <c r="B152" s="21">
+        <v>223</v>
+      </c>
+      <c r="C152" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D152" s="21">
+        <v>22</v>
+      </c>
+      <c r="E152" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F152" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G152" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H152" s="25">
+        <f t="shared" si="4"/>
+        <v>32235.599999999999</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A153" s="27" t="s">
+        <v>123</v>
+      </c>
+      <c r="B153" s="21">
+        <v>223</v>
+      </c>
+      <c r="C153" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="D153" s="21">
+        <v>22</v>
+      </c>
+      <c r="E153" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F153" s="23">
+        <v>8928.2199999999993</v>
+      </c>
+      <c r="G153" s="24">
+        <v>8912.26</v>
+      </c>
+      <c r="H153" s="25">
+        <f t="shared" si="4"/>
+        <v>30204.879999999997</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A154" s="27" t="s">
+        <v>124</v>
+      </c>
+      <c r="B154" s="21">
+        <v>224</v>
+      </c>
+      <c r="C154" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D154" s="21">
+        <v>16</v>
+      </c>
+      <c r="E154" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F154" s="23">
+        <v>6128.22</v>
+      </c>
+      <c r="G154" s="24">
+        <v>7695.94</v>
+      </c>
+      <c r="H154" s="25">
+        <f t="shared" si="4"/>
+        <v>24304.62</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A155" s="27" t="s">
+        <v>125</v>
+      </c>
+      <c r="B155" s="21">
+        <v>225</v>
+      </c>
+      <c r="C155" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D155" s="21">
+        <v>16</v>
+      </c>
+      <c r="E155" s="22">
         <v>11223.21</v>
       </c>
-      <c r="F72" s="15">
-[...485 lines deleted...]
-      <c r="F90" s="15">
+      <c r="F155" s="23">
         <v>6128.22</v>
       </c>
-      <c r="G90" s="42">
-[...1754 lines deleted...]
-      <c r="G155" s="42">
+      <c r="G155" s="24">
         <v>9604.2800000000007</v>
       </c>
-      <c r="H155" s="15">
+      <c r="H155" s="25">
         <f t="shared" si="4"/>
         <v>26955.71</v>
       </c>
     </row>
-    <row r="156" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A156" s="17" t="s">
+    <row r="156" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A156" s="26" t="s">
         <v>126</v>
       </c>
-      <c r="B156" s="43">
+      <c r="B156" s="53">
         <v>233</v>
       </c>
-      <c r="C156" s="13" t="s">
+      <c r="C156" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D156" s="13">
+      <c r="D156" s="21">
         <v>24</v>
       </c>
-      <c r="E156" s="14">
-[...2 lines deleted...]
-      <c r="F156" s="15">
+      <c r="E156" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F156" s="23">
         <v>10207.959999999999</v>
       </c>
-      <c r="G156" s="42">
+      <c r="G156" s="24">
         <v>15371.02</v>
       </c>
-      <c r="H156" s="15">
+      <c r="H156" s="25">
         <f t="shared" si="4"/>
-        <v>44794.009999999995</v>
-[...3 lines deleted...]
-      <c r="A157" s="12" t="s">
+        <v>43937.96</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A157" s="20" t="s">
         <v>127</v>
       </c>
-      <c r="B157" s="41">
+      <c r="B157" s="52">
         <v>240</v>
       </c>
-      <c r="C157" s="13" t="s">
+      <c r="C157" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="D157" s="13">
+      <c r="D157" s="21">
         <v>18</v>
       </c>
-      <c r="E157" s="14">
-[...2 lines deleted...]
-      <c r="F157" s="15">
+      <c r="E157" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F157" s="23">
         <v>6914.04</v>
       </c>
-      <c r="G157" s="42">
+      <c r="G157" s="24">
         <v>7695.94</v>
       </c>
-      <c r="H157" s="15">
+      <c r="H157" s="25">
         <f t="shared" si="4"/>
-        <v>25833.19</v>
-[...3 lines deleted...]
-      <c r="A158" s="18" t="s">
+        <v>25090.44</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A158" s="27" t="s">
         <v>128</v>
       </c>
-      <c r="B158" s="13">
+      <c r="B158" s="21">
         <v>243</v>
       </c>
-      <c r="C158" s="13" t="s">
+      <c r="C158" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D158" s="13">
+      <c r="D158" s="21">
         <v>24</v>
       </c>
-      <c r="E158" s="14">
-[...2 lines deleted...]
-      <c r="F158" s="15">
+      <c r="E158" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F158" s="23">
         <v>10207.959999999999</v>
       </c>
-      <c r="G158" s="42">
+      <c r="G158" s="24">
         <v>10652.74</v>
       </c>
-      <c r="H158" s="15">
+      <c r="H158" s="25">
         <f t="shared" si="4"/>
-        <v>40075.729999999996</v>
-[...3 lines deleted...]
-      <c r="A159" s="18" t="s">
+        <v>39219.68</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A159" s="27" t="s">
         <v>128</v>
       </c>
-      <c r="B159" s="13">
+      <c r="B159" s="21">
         <v>243</v>
       </c>
-      <c r="C159" s="13" t="s">
+      <c r="C159" s="21" t="s">
         <v>13</v>
       </c>
-      <c r="D159" s="13">
+      <c r="D159" s="21">
         <v>23</v>
       </c>
-      <c r="E159" s="14">
-[...2 lines deleted...]
-      <c r="F159" s="15">
+      <c r="E159" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F159" s="23">
         <v>9568.7199999999993</v>
       </c>
-      <c r="G159" s="42">
+      <c r="G159" s="24">
         <v>10652.74</v>
       </c>
-      <c r="H159" s="15">
+      <c r="H159" s="25">
         <f t="shared" si="4"/>
-        <v>37240.189999999995</v>
-[...3 lines deleted...]
-      <c r="A160" s="18" t="s">
+        <v>36365.360000000001</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A160" s="27" t="s">
         <v>129</v>
       </c>
-      <c r="B160" s="13">
+      <c r="B160" s="21">
         <v>254</v>
       </c>
-      <c r="C160" s="13" t="s">
+      <c r="C160" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D160" s="13">
+      <c r="D160" s="21">
         <v>25</v>
       </c>
-      <c r="E160" s="14">
-[...2 lines deleted...]
-      <c r="F160" s="15">
+      <c r="E160" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F160" s="23">
         <v>10848.04</v>
       </c>
-      <c r="G160" s="42">
+      <c r="G160" s="24">
         <v>13273.96</v>
       </c>
-      <c r="H160" s="15">
+      <c r="H160" s="25">
         <f t="shared" si="4"/>
-        <v>43337.03</v>
-[...3 lines deleted...]
-      <c r="A161" s="18" t="s">
+        <v>42480.979999999996</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A161" s="27" t="s">
         <v>129</v>
       </c>
-      <c r="B161" s="13">
+      <c r="B161" s="21">
         <v>254</v>
       </c>
-      <c r="C161" s="13" t="s">
+      <c r="C161" s="21" t="s">
         <v>13</v>
       </c>
-      <c r="D161" s="13">
+      <c r="D161" s="21">
         <v>25</v>
       </c>
-      <c r="E161" s="14">
-[...2 lines deleted...]
-      <c r="F161" s="15">
+      <c r="E161" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F161" s="23">
         <v>10848.04</v>
       </c>
-      <c r="G161" s="42">
+      <c r="G161" s="24">
         <v>13273.96</v>
       </c>
-      <c r="H161" s="15">
+      <c r="H161" s="25">
         <f t="shared" si="4"/>
-        <v>41140.729999999996</v>
-[...3 lines deleted...]
-      <c r="A162" s="18" t="s">
+        <v>40265.9</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A162" s="27" t="s">
         <v>130</v>
       </c>
-      <c r="B162" s="13">
+      <c r="B162" s="21">
         <v>255</v>
       </c>
-      <c r="C162" s="13" t="s">
+      <c r="C162" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="D162" s="13">
+      <c r="D162" s="21">
         <v>16</v>
       </c>
-      <c r="E162" s="14">
-[...2 lines deleted...]
-      <c r="F162" s="15">
+      <c r="E162" s="22">
+        <v>10480.459999999999</v>
+      </c>
+      <c r="F162" s="23">
         <v>6128.22</v>
       </c>
-      <c r="G162" s="42">
+      <c r="G162" s="24">
         <v>8744.5400000000009</v>
       </c>
-      <c r="H162" s="15">
+      <c r="H162" s="25">
         <f t="shared" si="4"/>
-        <v>26095.97</v>
-[...3 lines deleted...]
-      <c r="A163" s="18" t="s">
+        <v>25353.22</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A163" s="27" t="s">
         <v>131</v>
       </c>
-      <c r="B163" s="13">
+      <c r="B163" s="21">
         <v>260</v>
       </c>
-      <c r="C163" s="13" t="s">
+      <c r="C163" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D163" s="13">
+      <c r="D163" s="21">
         <v>26</v>
       </c>
-      <c r="E163" s="14">
-[...2 lines deleted...]
-      <c r="F163" s="15">
+      <c r="E163" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F163" s="23">
         <v>12227.32</v>
       </c>
-      <c r="G163" s="42">
+      <c r="G163" s="24">
         <v>18516.54</v>
       </c>
-      <c r="H163" s="15">
+      <c r="H163" s="25">
         <f t="shared" si="4"/>
-        <v>49958.89</v>
-[...3 lines deleted...]
-      <c r="A164" s="18" t="s">
+        <v>49102.84</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A164" s="27" t="s">
         <v>132</v>
       </c>
-      <c r="B164" s="13">
+      <c r="B164" s="21">
         <v>265</v>
       </c>
-      <c r="C164" s="13" t="s">
+      <c r="C164" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="D164" s="13">
+      <c r="D164" s="21">
         <v>23</v>
       </c>
-      <c r="E164" s="14">
-[...2 lines deleted...]
-      <c r="F164" s="15">
+      <c r="E164" s="22">
+        <v>14395.12</v>
+      </c>
+      <c r="F164" s="23">
         <v>9568.7199999999993</v>
       </c>
-      <c r="G164" s="42">
+      <c r="G164" s="24">
         <v>9960.7199999999993</v>
       </c>
-      <c r="H164" s="15">
+      <c r="H164" s="25">
         <f t="shared" si="4"/>
-        <v>34830.82</v>
-[...3 lines deleted...]
-      <c r="A165" s="18" t="s">
+        <v>33924.559999999998</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A165" s="27" t="s">
         <v>132</v>
       </c>
-      <c r="B165" s="13">
+      <c r="B165" s="21">
         <v>265</v>
       </c>
-      <c r="C165" s="13" t="s">
+      <c r="C165" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D165" s="13">
+      <c r="D165" s="21">
         <v>22</v>
       </c>
-      <c r="E165" s="14">
-[...2 lines deleted...]
-      <c r="F165" s="15">
+      <c r="E165" s="22">
+        <v>12364.4</v>
+      </c>
+      <c r="F165" s="23">
         <v>8928.2199999999993</v>
       </c>
-      <c r="G165" s="42">
+      <c r="G165" s="24">
         <v>9960.7199999999993</v>
       </c>
-      <c r="H165" s="15">
+      <c r="H165" s="25">
         <f t="shared" ref="H165:H171" si="5">SUM(E165:G165)</f>
-        <v>32031.760000000002</v>
+        <v>31253.339999999997</v>
       </c>
     </row>
     <row r="166" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A166" s="17" t="s">
+      <c r="A166" s="26" t="s">
         <v>133</v>
       </c>
-      <c r="B166" s="43">
+      <c r="B166" s="53">
         <v>266</v>
       </c>
-      <c r="C166" s="13" t="s">
+      <c r="C166" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D166" s="13">
+      <c r="D166" s="21">
         <v>26</v>
       </c>
-      <c r="E166" s="14">
-[...2 lines deleted...]
-      <c r="F166" s="15">
+      <c r="E166" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F166" s="23">
         <v>12227.32</v>
       </c>
-      <c r="G166" s="42">
+      <c r="G166" s="24">
         <v>17468.080000000002</v>
       </c>
-      <c r="H166" s="15">
+      <c r="H166" s="25">
         <f t="shared" si="5"/>
-        <v>48910.43</v>
-[...3 lines deleted...]
-      <c r="A167" s="18" t="s">
+        <v>48054.380000000005</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A167" s="27" t="s">
         <v>134</v>
       </c>
-      <c r="B167" s="13">
+      <c r="B167" s="21">
         <v>267</v>
       </c>
-      <c r="C167" s="13" t="s">
+      <c r="C167" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D167" s="13">
+      <c r="D167" s="21">
         <v>24</v>
       </c>
-      <c r="E167" s="14">
-[...2 lines deleted...]
-      <c r="F167" s="15">
+      <c r="E167" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F167" s="23">
         <v>10207.959999999999</v>
       </c>
-      <c r="G167" s="42">
+      <c r="G167" s="24">
         <v>12749.8</v>
       </c>
-      <c r="H167" s="15">
+      <c r="H167" s="25">
         <f t="shared" si="5"/>
-        <v>42172.789999999994</v>
-[...3 lines deleted...]
-      <c r="A168" s="18" t="s">
+        <v>41316.74</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A168" s="27" t="s">
         <v>135</v>
       </c>
-      <c r="B168" s="13">
+      <c r="B168" s="21">
         <v>270</v>
       </c>
-      <c r="C168" s="13" t="s">
+      <c r="C168" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D168" s="13">
+      <c r="D168" s="21">
         <v>24</v>
       </c>
-      <c r="E168" s="14">
-[...2 lines deleted...]
-      <c r="F168" s="15">
+      <c r="E168" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F168" s="23">
         <v>10207.959999999999</v>
       </c>
-      <c r="G168" s="42">
+      <c r="G168" s="24">
         <v>11701.2</v>
       </c>
-      <c r="H168" s="15">
+      <c r="H168" s="25">
         <f t="shared" si="5"/>
-        <v>41124.19</v>
-[...3 lines deleted...]
-      <c r="A169" s="18" t="s">
+        <v>40268.14</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A169" s="27" t="s">
         <v>135</v>
       </c>
-      <c r="B169" s="13">
+      <c r="B169" s="21">
         <v>270</v>
       </c>
-      <c r="C169" s="13" t="s">
+      <c r="C169" s="21" t="s">
         <v>13</v>
       </c>
-      <c r="D169" s="13">
+      <c r="D169" s="21">
         <v>23</v>
       </c>
-      <c r="E169" s="14">
-[...2 lines deleted...]
-      <c r="F169" s="15">
+      <c r="E169" s="22">
+        <v>16143.9</v>
+      </c>
+      <c r="F169" s="23">
         <v>9568.7199999999993</v>
       </c>
-      <c r="G169" s="42">
+      <c r="G169" s="24">
         <v>11701.2</v>
       </c>
-      <c r="H169" s="15">
+      <c r="H169" s="25">
         <f t="shared" si="5"/>
-        <v>38288.649999999994</v>
-[...3 lines deleted...]
-      <c r="A170" s="18" t="s">
+        <v>37413.82</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A170" s="27" t="s">
         <v>136</v>
       </c>
-      <c r="B170" s="13" t="s">
+      <c r="B170" s="21" t="s">
         <v>137</v>
       </c>
-      <c r="C170" s="13" t="s">
+      <c r="C170" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D170" s="13">
+      <c r="D170" s="21">
         <v>24</v>
       </c>
-      <c r="E170" s="14">
-[...2 lines deleted...]
-      <c r="F170" s="15">
+      <c r="E170" s="22">
+        <v>18358.98</v>
+      </c>
+      <c r="F170" s="23">
         <v>10207.959999999999</v>
       </c>
-      <c r="G170" s="42">
+      <c r="G170" s="24">
         <v>11701.2</v>
       </c>
-      <c r="H170" s="15">
+      <c r="H170" s="25">
         <f t="shared" si="5"/>
-        <v>41124.19</v>
-[...3 lines deleted...]
-      <c r="A171" s="18" t="s">
+        <v>40268.14</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A171" s="27" t="s">
         <v>138</v>
       </c>
-      <c r="B171" s="13" t="s">
+      <c r="B171" s="21" t="s">
         <v>139</v>
       </c>
-      <c r="C171" s="13" t="s">
+      <c r="C171" s="21" t="s">
         <v>25</v>
       </c>
-      <c r="D171" s="13">
+      <c r="D171" s="21">
         <v>14</v>
       </c>
-      <c r="E171" s="14">
-[...2 lines deleted...]
-      <c r="F171" s="15">
+      <c r="E171" s="22">
+        <v>9604.98</v>
+      </c>
+      <c r="F171" s="23">
         <v>5341.98</v>
       </c>
-      <c r="G171" s="42">
+      <c r="G171" s="24">
         <v>6458.76</v>
       </c>
-      <c r="H171" s="15">
+      <c r="H171" s="25">
         <f t="shared" si="5"/>
-        <v>22091.79</v>
-[...300 lines deleted...]
-      <c r="H201" s="49"/>
+        <v>21405.72</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A172" s="41"/>
+      <c r="B172" s="56"/>
+      <c r="C172" s="42"/>
+      <c r="D172" s="42"/>
+      <c r="E172" s="43"/>
+      <c r="F172" s="44"/>
+      <c r="G172" s="44"/>
+      <c r="H172" s="45"/>
+    </row>
+    <row r="173" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A173" s="41"/>
+      <c r="B173" s="56"/>
+      <c r="C173" s="42"/>
+      <c r="D173" s="42"/>
+      <c r="E173" s="43"/>
+      <c r="F173" s="44"/>
+      <c r="G173" s="44"/>
+      <c r="H173" s="45"/>
+    </row>
+    <row r="174" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A174" s="41"/>
+      <c r="B174" s="56"/>
+      <c r="C174" s="42"/>
+      <c r="D174" s="42"/>
+      <c r="E174" s="43"/>
+      <c r="F174" s="44"/>
+      <c r="G174" s="44"/>
+      <c r="H174" s="45"/>
+    </row>
+    <row r="175" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A175" s="41"/>
+      <c r="B175" s="56"/>
+      <c r="C175" s="42"/>
+      <c r="D175" s="42"/>
+      <c r="E175" s="43"/>
+      <c r="F175" s="44"/>
+      <c r="G175" s="44"/>
+      <c r="H175" s="45"/>
+    </row>
+    <row r="176" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A176" s="41"/>
+      <c r="B176" s="56"/>
+      <c r="C176" s="42"/>
+      <c r="D176" s="42"/>
+      <c r="E176" s="43"/>
+      <c r="F176" s="44"/>
+      <c r="G176" s="44"/>
+      <c r="H176" s="45"/>
+    </row>
+    <row r="177" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A177" s="41"/>
+      <c r="B177" s="56"/>
+      <c r="C177" s="42"/>
+      <c r="D177" s="42"/>
+      <c r="E177" s="43"/>
+      <c r="F177" s="44"/>
+      <c r="G177" s="44"/>
+      <c r="H177" s="45"/>
+    </row>
+    <row r="178" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A178" s="41"/>
+      <c r="B178" s="56"/>
+      <c r="C178" s="42"/>
+      <c r="D178" s="42"/>
+      <c r="E178" s="43"/>
+      <c r="F178" s="44"/>
+      <c r="G178" s="44"/>
+      <c r="H178" s="45"/>
+    </row>
+    <row r="179" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A179" s="41"/>
+      <c r="B179" s="56"/>
+      <c r="C179" s="42"/>
+      <c r="D179" s="42"/>
+      <c r="E179" s="43"/>
+      <c r="F179" s="44"/>
+      <c r="G179" s="44"/>
+      <c r="H179" s="45"/>
+    </row>
+    <row r="180" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A180" s="41"/>
+      <c r="B180" s="56"/>
+      <c r="C180" s="42"/>
+      <c r="D180" s="42"/>
+      <c r="E180" s="43"/>
+      <c r="F180" s="44"/>
+      <c r="G180" s="44"/>
+      <c r="H180" s="45"/>
+    </row>
+    <row r="181" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A181" s="41"/>
+      <c r="B181" s="56"/>
+      <c r="C181" s="42"/>
+      <c r="D181" s="42"/>
+      <c r="E181" s="43"/>
+      <c r="F181" s="44"/>
+      <c r="G181" s="44"/>
+      <c r="H181" s="45"/>
+    </row>
+    <row r="182" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A182" s="41"/>
+      <c r="B182" s="56"/>
+      <c r="C182" s="42"/>
+      <c r="D182" s="42"/>
+      <c r="E182" s="43"/>
+      <c r="F182" s="44"/>
+      <c r="G182" s="44"/>
+      <c r="H182" s="45"/>
+    </row>
+    <row r="183" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A183" s="41"/>
+      <c r="B183" s="56"/>
+      <c r="C183" s="42"/>
+      <c r="D183" s="42"/>
+      <c r="E183" s="43"/>
+      <c r="F183" s="44"/>
+      <c r="G183" s="44"/>
+      <c r="H183" s="45"/>
+    </row>
+    <row r="184" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A184" s="41"/>
+      <c r="B184" s="56"/>
+      <c r="C184" s="42"/>
+      <c r="D184" s="42"/>
+      <c r="E184" s="43"/>
+      <c r="F184" s="44"/>
+      <c r="G184" s="44"/>
+      <c r="H184" s="45"/>
+    </row>
+    <row r="185" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A185" s="41"/>
+      <c r="B185" s="56"/>
+      <c r="C185" s="42"/>
+      <c r="D185" s="42"/>
+      <c r="E185" s="43"/>
+      <c r="F185" s="44"/>
+      <c r="G185" s="44"/>
+      <c r="H185" s="45"/>
+    </row>
+    <row r="186" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A186" s="41"/>
+      <c r="B186" s="56"/>
+      <c r="C186" s="42"/>
+      <c r="D186" s="42"/>
+      <c r="E186" s="43"/>
+      <c r="F186" s="44"/>
+      <c r="G186" s="44"/>
+      <c r="H186" s="45"/>
+    </row>
+    <row r="187" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A187" s="41"/>
+      <c r="B187" s="56"/>
+      <c r="C187" s="42"/>
+      <c r="D187" s="42"/>
+      <c r="E187" s="43"/>
+      <c r="F187" s="44"/>
+      <c r="G187" s="44"/>
+      <c r="H187" s="45"/>
+    </row>
+    <row r="188" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A188" s="41"/>
+      <c r="B188" s="56"/>
+      <c r="C188" s="42"/>
+      <c r="D188" s="42"/>
+      <c r="E188" s="43"/>
+      <c r="F188" s="44"/>
+      <c r="G188" s="44"/>
+      <c r="H188" s="45"/>
+    </row>
+    <row r="189" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A189" s="41"/>
+      <c r="B189" s="56"/>
+      <c r="C189" s="42"/>
+      <c r="D189" s="42"/>
+      <c r="E189" s="43"/>
+      <c r="F189" s="44"/>
+      <c r="G189" s="44"/>
+      <c r="H189" s="45"/>
+    </row>
+    <row r="190" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A190" s="41"/>
+      <c r="B190" s="56"/>
+      <c r="C190" s="42"/>
+      <c r="D190" s="42"/>
+      <c r="E190" s="43"/>
+      <c r="F190" s="44"/>
+      <c r="G190" s="44"/>
+      <c r="H190" s="45"/>
+    </row>
+    <row r="191" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A191" s="41"/>
+      <c r="B191" s="56"/>
+      <c r="C191" s="42"/>
+      <c r="D191" s="42"/>
+      <c r="E191" s="43"/>
+      <c r="F191" s="44"/>
+      <c r="G191" s="44"/>
+      <c r="H191" s="45"/>
+    </row>
+    <row r="192" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A192" s="41"/>
+      <c r="B192" s="56"/>
+      <c r="C192" s="42"/>
+      <c r="D192" s="42"/>
+      <c r="E192" s="43"/>
+      <c r="F192" s="44"/>
+      <c r="G192" s="44"/>
+      <c r="H192" s="45"/>
+    </row>
+    <row r="193" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A193" s="41"/>
+      <c r="B193" s="56"/>
+      <c r="C193" s="42"/>
+      <c r="D193" s="42"/>
+      <c r="E193" s="43"/>
+      <c r="F193" s="44"/>
+      <c r="G193" s="44"/>
+      <c r="H193" s="45"/>
+    </row>
+    <row r="194" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A194" s="41"/>
+      <c r="B194" s="56"/>
+      <c r="C194" s="42"/>
+      <c r="D194" s="42"/>
+      <c r="E194" s="43"/>
+      <c r="F194" s="44"/>
+      <c r="G194" s="44"/>
+      <c r="H194" s="45"/>
+    </row>
+    <row r="195" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A195" s="41"/>
+      <c r="B195" s="56"/>
+      <c r="C195" s="42"/>
+      <c r="D195" s="42"/>
+      <c r="E195" s="43"/>
+      <c r="F195" s="44"/>
+      <c r="G195" s="44"/>
+      <c r="H195" s="45"/>
+    </row>
+    <row r="196" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A196" s="41"/>
+      <c r="B196" s="56"/>
+      <c r="C196" s="42"/>
+      <c r="D196" s="42"/>
+      <c r="E196" s="43"/>
+      <c r="F196" s="44"/>
+      <c r="G196" s="44"/>
+      <c r="H196" s="45"/>
+    </row>
+    <row r="197" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A197" s="41"/>
+      <c r="B197" s="56"/>
+      <c r="C197" s="42"/>
+      <c r="D197" s="42"/>
+      <c r="E197" s="43"/>
+      <c r="F197" s="44"/>
+      <c r="G197" s="44"/>
+      <c r="H197" s="45"/>
     </row>
   </sheetData>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="1.0629921259842521" bottom="1.0629921259842521" header="0.78740157480314965" footer="0.78740157480314965"/>
-  <pageSetup paperSize="9" scale="69" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="84" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader xml:space="preserve">&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KFFFFFF&amp;A&amp;RAjuntament de Reus </oddHeader>
-    <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KFFFFFFPágina &amp;P&amp;R&amp;P/&amp;N</oddFooter>
+    <oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPágina &amp;P</oddFooter>
   </headerFooter>
-  <rowBreaks count="1" manualBreakCount="1">
-[...1 lines deleted...]
-  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Full1</vt:lpstr>
-      <vt:lpstr>Full1!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>Full</vt:lpstr>
+      <vt:lpstr>Full!Títulos_a_imprimir</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>IPP</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ca-ES</dc:language>
 </cp:coreProperties>
 </file>