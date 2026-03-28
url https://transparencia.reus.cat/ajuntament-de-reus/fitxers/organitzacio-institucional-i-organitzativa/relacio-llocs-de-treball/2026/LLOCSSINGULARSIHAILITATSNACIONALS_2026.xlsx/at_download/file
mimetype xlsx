--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -6,118 +6,109 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cpj\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26E12A08-9370-4446-A2A2-0A7A544BE249}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3D682E37-371A-4D88-A535-1462ADD0EF11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Full1" sheetId="1" r:id="rId1"/>
+    <sheet name="Full" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Full1!$A$2:$H$47</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Full!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H47" i="1" l="1"/>
-[...5 lines deleted...]
-  <c r="H37" i="1"/>
+  <c r="H37" i="1" l="1"/>
   <c r="H36" i="1"/>
   <c r="H35" i="1"/>
   <c r="H34" i="1"/>
   <c r="H33" i="1"/>
   <c r="H32" i="1"/>
   <c r="H31" i="1"/>
   <c r="H30" i="1"/>
   <c r="H29" i="1"/>
   <c r="H28" i="1"/>
   <c r="H27" i="1"/>
   <c r="H26" i="1"/>
   <c r="H25" i="1"/>
   <c r="H24" i="1"/>
   <c r="H23" i="1"/>
   <c r="H22" i="1"/>
   <c r="H21" i="1"/>
   <c r="H20" i="1"/>
   <c r="H19" i="1"/>
   <c r="H18" i="1"/>
   <c r="H17" i="1"/>
   <c r="H16" i="1"/>
   <c r="H15" i="1"/>
   <c r="H14" i="1"/>
   <c r="H13" i="1"/>
   <c r="H12" i="1"/>
   <c r="H11" i="1"/>
   <c r="H10" i="1"/>
   <c r="H9" i="1"/>
   <c r="H8" i="1"/>
   <c r="H7" i="1"/>
   <c r="H6" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="48">
   <si>
-    <t>preu punt</t>
-[...1 lines deleted...]
-  <si>
     <t>Nom Lloc actual</t>
   </si>
   <si>
     <t>Específic anual</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>A1</t>
   </si>
   <si>
     <t>A2</t>
   </si>
   <si>
     <t>LLOCS SINGULARS</t>
   </si>
   <si>
     <t>Grup sim</t>
   </si>
   <si>
     <t>Nivell sim</t>
   </si>
   <si>
     <t>SOU BASE</t>
@@ -192,80 +183,80 @@
     <t>Cap Servei Recaptació</t>
   </si>
   <si>
     <t>Cap Servei Serveis SocialS</t>
   </si>
   <si>
     <t>Cap STIT</t>
   </si>
   <si>
     <t>Cap UGEO</t>
   </si>
   <si>
     <t>Cap unitat control intern</t>
   </si>
   <si>
     <t>Cap unitat Joventut/TÈCNIC/A Joventut</t>
   </si>
   <si>
     <t>Coordinació servei de coordinació Assessoria Jurídica i EEMM</t>
   </si>
   <si>
     <t>Coordinador Financer</t>
   </si>
   <si>
     <t>Coordinador Salut Pública</t>
+  </si>
+  <si>
+    <t>Ajuntaement de Reus - Portal de Transparència</t>
   </si>
   <si>
     <t>HABILITATS</t>
   </si>
   <si>
     <t>Interventor/a</t>
   </si>
   <si>
     <t>Secretari/a</t>
   </si>
   <si>
     <t>Tresorer/a</t>
   </si>
   <si>
     <t>Viceinterventor</t>
   </si>
   <si>
     <t>Vicesecretari</t>
   </si>
   <si>
     <t>Vicetroser/a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
@@ -285,323 +276,256 @@
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <sz val="14"/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Open Sans"/>
       <family val="2"/>
       <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDEDCE6"/>
         <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
-      <right/>
-[...37 lines deleted...]
-      <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="4" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...38 lines deleted...]
-      <alignment vertical="center"/>
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Hoja1" xfId="1" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC0C0C0"/>
@@ -829,1858 +753,1345 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H115"/>
+  <dimension ref="A1:H65"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K21" sqref="K21"/>
+    <sheetView tabSelected="1" topLeftCell="A22" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D44" sqref="D44"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="13.9" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="42.42578125" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="14.5703125" style="40" customWidth="1"/>
+    <col min="1" max="1" width="38.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="9.5703125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="5.42578125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="6.140625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" style="4" customWidth="1"/>
+    <col min="6" max="6" width="9.140625" style="5" customWidth="1"/>
+    <col min="7" max="7" width="12.140625" style="5" customWidth="1"/>
+    <col min="8" max="8" width="9.85546875" style="6" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="B2" s="42" t="s">
+    <row r="1" spans="1:8" s="35" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G1" s="5"/>
+      <c r="H1" s="36" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="21" x14ac:dyDescent="0.25">
+      <c r="A2" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" s="16"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+    </row>
+    <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="9"/>
+      <c r="B3" s="10"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="14"/>
+      <c r="H3" s="14"/>
+    </row>
+    <row r="4" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="9"/>
+      <c r="B4" s="10"/>
+      <c r="C4" s="11"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="14"/>
+    </row>
+    <row r="5" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="43">
-[...9 lines deleted...]
-      <c r="A3" s="13" t="s">
+      <c r="B5" s="22"/>
+      <c r="C5" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="B3" s="35"/>
-[...18 lines deleted...]
-      <c r="A5" s="17" t="s">
+      <c r="D5" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="G5" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="36"/>
-[...9 lines deleted...]
-      <c r="F5" s="19" t="s">
+      <c r="H5" s="26" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="G5" s="20" t="s">
-[...14 lines deleted...]
-      <c r="D6" s="23">
+      <c r="B6" s="28"/>
+      <c r="C6" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" s="29">
         <v>25</v>
       </c>
-      <c r="E6" s="24">
-[...2 lines deleted...]
-      <c r="F6" s="25">
+      <c r="E6" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F6" s="30">
         <v>10848.04</v>
       </c>
-      <c r="G6" s="25">
+      <c r="G6" s="30">
         <v>16961.14</v>
       </c>
       <c r="H6" s="8">
         <f t="shared" ref="H6:H37" si="0">SUM(E6:G6)</f>
-        <v>47024.21</v>
-[...3 lines deleted...]
-      <c r="A7" s="22" t="s">
+        <v>46168.160000000003</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="28"/>
+      <c r="C7" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="29">
+        <v>29</v>
+      </c>
+      <c r="E7" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F7" s="30">
+        <v>15216.46</v>
+      </c>
+      <c r="G7" s="30">
+        <v>39283.300000000003</v>
+      </c>
+      <c r="H7" s="8">
+        <f t="shared" si="0"/>
+        <v>72858.740000000005</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="B7" s="37"/>
-      <c r="C7" s="23" t="s">
+      <c r="B8" s="28"/>
+      <c r="C8" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D8" s="29">
+        <v>27</v>
+      </c>
+      <c r="E8" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F8" s="30">
+        <v>13936.58</v>
+      </c>
+      <c r="G8" s="30">
+        <v>26474.560000000001</v>
+      </c>
+      <c r="H8" s="8">
+        <f t="shared" si="0"/>
+        <v>58770.119999999995</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="28"/>
+      <c r="C9" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D9" s="29">
+        <v>27</v>
+      </c>
+      <c r="E9" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F9" s="30">
+        <v>13936.58</v>
+      </c>
+      <c r="G9" s="30">
+        <v>26474.560000000001</v>
+      </c>
+      <c r="H9" s="8">
+        <f t="shared" si="0"/>
+        <v>58770.119999999995</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="29">
+        <v>29</v>
+      </c>
+      <c r="E10" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F10" s="30">
+        <v>15216.46</v>
+      </c>
+      <c r="G10" s="30">
+        <v>39283.300000000003</v>
+      </c>
+      <c r="H10" s="8">
+        <f t="shared" si="0"/>
+        <v>72858.740000000005</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="28"/>
+      <c r="C11" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="29">
+        <v>28</v>
+      </c>
+      <c r="E11" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F11" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G11" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H11" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="28"/>
+      <c r="C12" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D12" s="29">
+        <v>28</v>
+      </c>
+      <c r="E12" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F12" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G12" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H12" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="28"/>
+      <c r="C13" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D13" s="29">
+        <v>27</v>
+      </c>
+      <c r="E13" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F13" s="30">
+        <v>13936.58</v>
+      </c>
+      <c r="G13" s="30">
+        <v>30573.48</v>
+      </c>
+      <c r="H13" s="8">
+        <f t="shared" si="0"/>
+        <v>62869.039999999994</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="28"/>
+      <c r="C14" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D14" s="29">
+        <v>29</v>
+      </c>
+      <c r="E14" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F14" s="30">
+        <v>15216.46</v>
+      </c>
+      <c r="G14" s="30">
+        <v>39283.300000000003</v>
+      </c>
+      <c r="H14" s="8">
+        <f t="shared" si="0"/>
+        <v>72858.740000000005</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" s="32"/>
+      <c r="C15" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D15" s="29">
+        <v>28</v>
+      </c>
+      <c r="E15" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F15" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G15" s="30">
+        <v>31267.46</v>
+      </c>
+      <c r="H15" s="8">
+        <f t="shared" si="0"/>
+        <v>64203.519999999997</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D16" s="29">
+        <v>26</v>
+      </c>
+      <c r="E16" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F16" s="30">
+        <v>12227.32</v>
+      </c>
+      <c r="G16" s="30">
+        <v>23526.86</v>
+      </c>
+      <c r="H16" s="8">
+        <f t="shared" si="0"/>
+        <v>54113.16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="28"/>
+      <c r="C17" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" s="29">
+        <v>27</v>
+      </c>
+      <c r="E17" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F17" s="30">
+        <v>13936.58</v>
+      </c>
+      <c r="G17" s="30">
+        <v>24688.720000000001</v>
+      </c>
+      <c r="H17" s="8">
+        <f t="shared" si="0"/>
+        <v>56984.28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" s="28"/>
+      <c r="C18" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D18" s="29">
+        <v>27</v>
+      </c>
+      <c r="E18" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F18" s="30">
+        <v>13936.58</v>
+      </c>
+      <c r="G18" s="30">
+        <v>24688.720000000001</v>
+      </c>
+      <c r="H18" s="8">
+        <f t="shared" si="0"/>
+        <v>56984.28</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="28"/>
+      <c r="C19" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D19" s="29">
+        <v>29</v>
+      </c>
+      <c r="E19" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F19" s="30">
+        <v>15216.46</v>
+      </c>
+      <c r="G19" s="30">
+        <v>39283.300000000003</v>
+      </c>
+      <c r="H19" s="8">
+        <f t="shared" si="0"/>
+        <v>72858.740000000005</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" s="28"/>
+      <c r="C20" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D20" s="29">
+        <v>26</v>
+      </c>
+      <c r="E20" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F20" s="30">
+        <v>12227.32</v>
+      </c>
+      <c r="G20" s="30">
+        <v>23526.86</v>
+      </c>
+      <c r="H20" s="8">
+        <f t="shared" si="0"/>
+        <v>54113.16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="28"/>
+      <c r="C21" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="D7" s="23">
+      <c r="D21" s="29">
+        <v>26</v>
+      </c>
+      <c r="E21" s="7">
+        <v>16143.9</v>
+      </c>
+      <c r="F21" s="30">
+        <v>12227.32</v>
+      </c>
+      <c r="G21" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H21" s="8">
+        <f t="shared" si="0"/>
+        <v>60405.460000000006</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" s="28"/>
+      <c r="C22" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D22" s="29">
+        <v>28</v>
+      </c>
+      <c r="E22" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F22" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G22" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H22" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D23" s="29">
+        <v>28</v>
+      </c>
+      <c r="E23" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F23" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G23" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H23" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="28"/>
+      <c r="C24" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D24" s="29">
+        <v>28</v>
+      </c>
+      <c r="E24" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F24" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G24" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H24" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="28"/>
+      <c r="C25" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D25" s="29">
+        <v>28</v>
+      </c>
+      <c r="E25" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F25" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G25" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H25" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="E7" s="24">
-[...2 lines deleted...]
-      <c r="F7" s="25">
+      <c r="B26" s="28"/>
+      <c r="C26" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D26" s="33">
+        <v>28</v>
+      </c>
+      <c r="E26" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F26" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G26" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H26" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="28"/>
+      <c r="C27" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D27" s="29">
+        <v>26</v>
+      </c>
+      <c r="E27" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F27" s="30">
+        <v>12227.32</v>
+      </c>
+      <c r="G27" s="30">
+        <v>26099.78</v>
+      </c>
+      <c r="H27" s="8">
+        <f t="shared" si="0"/>
+        <v>56686.080000000002</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="B28" s="28"/>
+      <c r="C28" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D28" s="29">
+        <v>29</v>
+      </c>
+      <c r="E28" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F28" s="30">
         <v>15216.46</v>
       </c>
-      <c r="G7" s="25">
+      <c r="G28" s="30">
         <v>39283.300000000003</v>
       </c>
-      <c r="H7" s="8">
-[...9 lines deleted...]
-      <c r="C8" s="23" t="s">
+      <c r="H28" s="8">
+        <f t="shared" si="0"/>
+        <v>72858.740000000005</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="28"/>
+      <c r="C29" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D29" s="29">
+        <v>28</v>
+      </c>
+      <c r="E29" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F29" s="30">
+        <v>14577.08</v>
+      </c>
+      <c r="G29" s="30">
+        <v>32034.240000000002</v>
+      </c>
+      <c r="H29" s="8">
+        <f t="shared" si="0"/>
+        <v>64970.3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" s="28"/>
+      <c r="C30" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D30" s="29">
+        <v>29</v>
+      </c>
+      <c r="E30" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F30" s="30">
+        <v>15216.46</v>
+      </c>
+      <c r="G30" s="30">
+        <v>39283.300000000003</v>
+      </c>
+      <c r="H30" s="8">
+        <f t="shared" si="0"/>
+        <v>72858.740000000005</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B31" s="28"/>
+      <c r="C31" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D31" s="29">
+        <v>26</v>
+      </c>
+      <c r="E31" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F31" s="30">
+        <v>12227.32</v>
+      </c>
+      <c r="G31" s="30">
+        <v>26099.78</v>
+      </c>
+      <c r="H31" s="8">
+        <f t="shared" si="0"/>
+        <v>56686.080000000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B32" s="28"/>
+      <c r="C32" s="29" t="s">
         <v>4</v>
       </c>
-      <c r="D8" s="23">
+      <c r="D32" s="29">
+        <v>26</v>
+      </c>
+      <c r="E32" s="7">
+        <v>16143.9</v>
+      </c>
+      <c r="F32" s="30">
+        <v>12227.32</v>
+      </c>
+      <c r="G32" s="30">
+        <v>26474.560000000001</v>
+      </c>
+      <c r="H32" s="8">
+        <f t="shared" si="0"/>
+        <v>54845.78</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A33" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B33" s="28"/>
+      <c r="C33" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D33" s="29">
         <v>27</v>
       </c>
-      <c r="E8" s="24">
-[...2 lines deleted...]
-      <c r="F8" s="25">
+      <c r="E33" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F33" s="30">
         <v>13936.58</v>
       </c>
-      <c r="G8" s="25">
+      <c r="G33" s="30">
         <v>26474.560000000001</v>
       </c>
-      <c r="H8" s="8">
-[...12 lines deleted...]
-      <c r="D9" s="23">
+      <c r="H33" s="8">
+        <f t="shared" si="0"/>
+        <v>58770.119999999995</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="B34" s="28"/>
+      <c r="C34" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D34" s="29">
+        <v>25</v>
+      </c>
+      <c r="E34" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F34" s="30">
+        <v>10848.04</v>
+      </c>
+      <c r="G34" s="30">
+        <v>15105.02</v>
+      </c>
+      <c r="H34" s="8">
+        <f t="shared" si="0"/>
+        <v>44312.04</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="31" t="s">
+        <v>37</v>
+      </c>
+      <c r="B35" s="32"/>
+      <c r="C35" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D35" s="29">
+        <v>29</v>
+      </c>
+      <c r="E35" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F35" s="30">
+        <v>15216.46</v>
+      </c>
+      <c r="G35" s="30">
+        <v>39283.300000000003</v>
+      </c>
+      <c r="H35" s="8">
+        <f t="shared" si="0"/>
+        <v>72858.740000000005</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" s="28"/>
+      <c r="C36" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D36" s="29">
         <v>27</v>
       </c>
-      <c r="E9" s="24">
-[...2 lines deleted...]
-      <c r="F9" s="25">
+      <c r="E36" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F36" s="30">
         <v>13936.58</v>
       </c>
-      <c r="G9" s="25">
-[...165 lines deleted...]
-      <c r="D16" s="23">
+      <c r="G36" s="30">
+        <v>30590.7</v>
+      </c>
+      <c r="H36" s="8">
+        <f t="shared" si="0"/>
+        <v>62886.259999999995</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="28"/>
+      <c r="C37" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D37" s="29">
         <v>26</v>
       </c>
-      <c r="E16" s="24">
-[...2 lines deleted...]
-      <c r="F16" s="25">
+      <c r="E37" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F37" s="30">
         <v>12227.32</v>
       </c>
-      <c r="G16" s="25">
-[...233 lines deleted...]
-      <c r="A26" s="22" t="s">
+      <c r="G37" s="30">
+        <v>23457.14</v>
+      </c>
+      <c r="H37" s="8">
+        <f t="shared" si="0"/>
+        <v>54043.44</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A38" s="9"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="11"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="12"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="13"/>
+      <c r="H38" s="34"/>
+    </row>
+    <row r="39" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="10"/>
+      <c r="C39" s="11"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="12"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="13"/>
+      <c r="H39" s="34"/>
+    </row>
+    <row r="40" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="9"/>
+      <c r="B40" s="10"/>
+      <c r="C40" s="11"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="12"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="13"/>
+      <c r="H40" s="34"/>
+    </row>
+    <row r="41" spans="1:8" ht="29.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="37" t="s">
+        <v>0</v>
+      </c>
+      <c r="B41" s="22"/>
+      <c r="C41" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="D41" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="F41" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="G41" s="25" t="s">
+        <v>1</v>
+      </c>
+      <c r="H41" s="26" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B42" s="28"/>
+      <c r="C42" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D42" s="29">
         <v>30</v>
       </c>
-      <c r="B26" s="37"/>
-[...359 lines deleted...]
-      <c r="D42" s="31">
+      <c r="E42" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F42" s="30">
+        <v>16964.78</v>
+      </c>
+      <c r="G42" s="30">
+        <v>76414.38</v>
+      </c>
+      <c r="H42" s="8">
+        <v>111738.14</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="28"/>
+      <c r="C43" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D43" s="29">
         <v>30</v>
       </c>
-      <c r="E42" s="24">
-[...2 lines deleted...]
-      <c r="F42" s="25">
+      <c r="E43" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F43" s="30">
         <v>16964.78</v>
       </c>
-      <c r="G42" s="24">
+      <c r="G43" s="30">
         <v>76414.38</v>
       </c>
-      <c r="H42" s="8">
-[...12 lines deleted...]
-      <c r="D43" s="31">
+      <c r="H43" s="8">
+        <v>111738.14</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="28"/>
+      <c r="C44" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D44" s="29">
         <v>30</v>
       </c>
-      <c r="E43" s="24">
-[...2 lines deleted...]
-      <c r="F43" s="25">
+      <c r="E44" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F44" s="30">
         <v>16964.78</v>
       </c>
-      <c r="G43" s="24">
-[...15 lines deleted...]
-      <c r="D44" s="31">
+      <c r="G44" s="30">
+        <v>71052.38</v>
+      </c>
+      <c r="H44" s="8">
+        <v>106376.14</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="27" t="s">
+        <v>45</v>
+      </c>
+      <c r="B45" s="28"/>
+      <c r="C45" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D45" s="29">
         <v>30</v>
       </c>
-      <c r="E44" s="24">
-[...2 lines deleted...]
-      <c r="F44" s="25">
+      <c r="E45" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F45" s="30">
         <v>16964.78</v>
       </c>
-      <c r="G44" s="24">
+      <c r="G45" s="30">
         <v>71052.38</v>
       </c>
-      <c r="H44" s="8">
-[...12 lines deleted...]
-      <c r="D45" s="31">
+      <c r="H45" s="8">
+        <v>106376.14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A46" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="28"/>
+      <c r="C46" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D46" s="29">
         <v>30</v>
       </c>
-      <c r="E45" s="24">
-[...2 lines deleted...]
-      <c r="F45" s="25">
+      <c r="E46" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F46" s="30">
         <v>16964.78</v>
       </c>
-      <c r="G45" s="24">
+      <c r="G46" s="30">
         <v>71052.38</v>
       </c>
-      <c r="H45" s="8">
-[...12 lines deleted...]
-      <c r="D46" s="31">
+      <c r="H46" s="8">
+        <v>106376.14</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="27" t="s">
+        <v>47</v>
+      </c>
+      <c r="B47" s="28"/>
+      <c r="C47" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="D47" s="29">
         <v>30</v>
       </c>
-      <c r="E46" s="24">
-[...2 lines deleted...]
-      <c r="F46" s="25">
+      <c r="E47" s="7">
+        <v>18358.98</v>
+      </c>
+      <c r="F47" s="30">
         <v>16964.78</v>
       </c>
-      <c r="G46" s="24">
+      <c r="G47" s="30">
         <v>71052.38</v>
       </c>
-      <c r="H46" s="8">
-[...23 lines deleted...]
-      </c>
       <c r="H47" s="8">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+        <v>106376.14</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="9"/>
-      <c r="B48" s="34"/>
-[...7 lines deleted...]
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B48" s="10"/>
+      <c r="C48" s="11"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="12"/>
+      <c r="F48" s="13"/>
+      <c r="G48" s="13"/>
+      <c r="H48" s="34"/>
+    </row>
+    <row r="49" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A49" s="9"/>
-      <c r="B49" s="34"/>
-[...7 lines deleted...]
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B49" s="10"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="12"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="34"/>
+    </row>
+    <row r="50" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A50" s="9"/>
-      <c r="B50" s="34"/>
-[...7 lines deleted...]
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B50" s="10"/>
+      <c r="C50" s="11"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="12"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="13"/>
+      <c r="H50" s="34"/>
+    </row>
+    <row r="51" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A51" s="9"/>
-      <c r="B51" s="34"/>
-[...7 lines deleted...]
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B51" s="10"/>
+      <c r="C51" s="11"/>
+      <c r="D51" s="11"/>
+      <c r="E51" s="12"/>
+      <c r="F51" s="13"/>
+      <c r="G51" s="13"/>
+      <c r="H51" s="34"/>
+    </row>
+    <row r="52" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A52" s="9"/>
-      <c r="B52" s="34"/>
-[...7 lines deleted...]
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B52" s="10"/>
+      <c r="C52" s="11"/>
+      <c r="D52" s="11"/>
+      <c r="E52" s="12"/>
+      <c r="F52" s="13"/>
+      <c r="G52" s="13"/>
+      <c r="H52" s="34"/>
+    </row>
+    <row r="53" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A53" s="9"/>
-      <c r="B53" s="34"/>
-[...7 lines deleted...]
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B53" s="10"/>
+      <c r="C53" s="11"/>
+      <c r="D53" s="11"/>
+      <c r="E53" s="12"/>
+      <c r="F53" s="13"/>
+      <c r="G53" s="13"/>
+      <c r="H53" s="34"/>
+    </row>
+    <row r="54" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A54" s="9"/>
-      <c r="B54" s="34"/>
-[...7 lines deleted...]
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B54" s="10"/>
+      <c r="C54" s="11"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="12"/>
+      <c r="F54" s="13"/>
+      <c r="G54" s="13"/>
+      <c r="H54" s="34"/>
+    </row>
+    <row r="55" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A55" s="9"/>
-      <c r="B55" s="34"/>
-[...7 lines deleted...]
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B55" s="10"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="12"/>
+      <c r="F55" s="13"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="34"/>
+    </row>
+    <row r="56" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A56" s="9"/>
-      <c r="B56" s="34"/>
-[...7 lines deleted...]
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B56" s="10"/>
+      <c r="C56" s="11"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="12"/>
+      <c r="F56" s="13"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="34"/>
+    </row>
+    <row r="57" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A57" s="9"/>
-      <c r="B57" s="34"/>
-[...7 lines deleted...]
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B57" s="10"/>
+      <c r="C57" s="11"/>
+      <c r="D57" s="11"/>
+      <c r="E57" s="12"/>
+      <c r="F57" s="13"/>
+      <c r="G57" s="13"/>
+      <c r="H57" s="34"/>
+    </row>
+    <row r="58" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A58" s="9"/>
-      <c r="B58" s="34"/>
-[...7 lines deleted...]
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B58" s="10"/>
+      <c r="C58" s="11"/>
+      <c r="D58" s="11"/>
+      <c r="E58" s="12"/>
+      <c r="F58" s="13"/>
+      <c r="G58" s="13"/>
+      <c r="H58" s="34"/>
+    </row>
+    <row r="59" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A59" s="9"/>
-      <c r="B59" s="34"/>
-[...7 lines deleted...]
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B59" s="10"/>
+      <c r="C59" s="11"/>
+      <c r="D59" s="11"/>
+      <c r="E59" s="12"/>
+      <c r="F59" s="13"/>
+      <c r="G59" s="13"/>
+      <c r="H59" s="34"/>
+    </row>
+    <row r="60" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="9"/>
-      <c r="B60" s="34"/>
-[...7 lines deleted...]
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B60" s="10"/>
+      <c r="C60" s="11"/>
+      <c r="D60" s="11"/>
+      <c r="E60" s="12"/>
+      <c r="F60" s="13"/>
+      <c r="G60" s="13"/>
+      <c r="H60" s="34"/>
+    </row>
+    <row r="61" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A61" s="9"/>
-      <c r="B61" s="34"/>
-[...7 lines deleted...]
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B61" s="10"/>
+      <c r="C61" s="11"/>
+      <c r="D61" s="11"/>
+      <c r="E61" s="12"/>
+      <c r="F61" s="13"/>
+      <c r="G61" s="13"/>
+      <c r="H61" s="34"/>
+    </row>
+    <row r="62" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="9"/>
-      <c r="B62" s="34"/>
-[...7 lines deleted...]
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B62" s="10"/>
+      <c r="C62" s="11"/>
+      <c r="D62" s="11"/>
+      <c r="E62" s="12"/>
+      <c r="F62" s="13"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="34"/>
+    </row>
+    <row r="63" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="9"/>
-      <c r="B63" s="34"/>
-[...7 lines deleted...]
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B63" s="10"/>
+      <c r="C63" s="11"/>
+      <c r="D63" s="11"/>
+      <c r="E63" s="12"/>
+      <c r="F63" s="13"/>
+      <c r="G63" s="13"/>
+      <c r="H63" s="34"/>
+    </row>
+    <row r="64" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="9"/>
-      <c r="B64" s="34"/>
-[...7 lines deleted...]
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B64" s="10"/>
+      <c r="C64" s="11"/>
+      <c r="D64" s="11"/>
+      <c r="E64" s="12"/>
+      <c r="F64" s="13"/>
+      <c r="G64" s="13"/>
+      <c r="H64" s="34"/>
+    </row>
+    <row r="65" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A65" s="9"/>
-      <c r="B65" s="34"/>
-[...505 lines deleted...]
-      <c r="H115" s="39"/>
+      <c r="B65" s="10"/>
+      <c r="C65" s="11"/>
+      <c r="D65" s="11"/>
+      <c r="E65" s="12"/>
+      <c r="F65" s="13"/>
+      <c r="G65" s="13"/>
+      <c r="H65" s="34"/>
     </row>
   </sheetData>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="1.0629921259842521" bottom="1.0629921259842521" header="0.78740157480314965" footer="0.78740157480314965"/>
-  <pageSetup paperSize="9" scale="69" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="84" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
-    <oddHeader xml:space="preserve">&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KFFFFFF&amp;A&amp;RAjuntament de Reus </oddHeader>
-    <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KFFFFFFPágina &amp;P&amp;R&amp;P/&amp;N</oddFooter>
+    <oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPágina &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Full1</vt:lpstr>
-      <vt:lpstr>Full1!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>Full</vt:lpstr>
+      <vt:lpstr>Full!Títulos_a_imprimir</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>IPP</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ca-ES</dc:language>
 </cp:coreProperties>
 </file>